--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -54,1205 +54,1205 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLOPE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Valcir Casagrande</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/9/pl_008_-__poder_disciplinar.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/9/pl_008_-__poder_disciplinar.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O EXERCICIO DO PODER DISCIPLINAR NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE SAPEZAL-MT.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/21/pl_018-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/21/pl_018-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO E FUTURA ALIENAÇÃO MEDIANTE DOAÇÃO CONDICIONAL DE CASAS COM SEUS RESPECTIVOS TERRENOS DO PROJETO HABITACIONAL DE INTERESSE SOCIAL "VIDA NOVA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Cláudio José Scariote</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/4/pl_028-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/4/pl_028-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI Nº 1.054/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/16/mensagem_n_30.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/16/mensagem_n_30.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.054/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/13/pl_031_-_amplia_vaga_cargos.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/13/pl_031_-_amplia_vaga_cargos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO NÚMERO DE VAGAS NOS QUADROS DO PODER EXECUTIVO MUNICIPAL, ALTERANDO AS LEIS MUNICIPAIS 1.052/2013 E 1.053/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/22/pl_032-2023-nova_redacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/22/pl_032-2023-nova_redacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA INSTITUIÇÃO DE LONGA PERMANENCIA, DENOMINADA "CASA DO IDOSO SAPEZAL", DO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/23/pl_033-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/23/pl_033-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.533/2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/24/pl_034-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/24/pl_034-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE SOBREAVISO AOS BIOQUÍMICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/27/pl_035-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/27/pl_035-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR DOAÇÃO DE UMA ÁREA COM 8.955,92M AO GOVERNO DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/38/pl_036-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/38/pl_036-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a doação de bem móvel à associação protetora dos animais Arca de Noé - APAAN e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/41/pl_037-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/41/pl_037-2023.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/46/pl_038-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/46/pl_038-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 38/2023 - ALTERA A LEI MUNICIPAL Nº 213/2001 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/54/pl_n_39_executivo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/54/pl_n_39_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal N° 1.647/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/55/pl_n_40.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/55/pl_n_40.pdf</t>
   </si>
   <si>
     <t>Fica Aberto Crédito Adicional  suplementar por meio de alteração de fonte de recursos, transposição e a transferência de recursos orçamentários no orçamento geral do município de Sapezal, Estado de Mato Grosso, no valor de R$ 2.000.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/60/pl_041-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/60/pl_041-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N° 41/2023 LOA</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/62/pl_042-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/62/pl_042-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n° 1.340/2017, que estabelece normas para a exploração do serviço de automóveis de aluguel (taxi) no município de Sapezal e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/64/pl_043-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/64/pl_043-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.052/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/70/pl_044-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/70/pl_044-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do plano plurianual do município de Sapezal (PPA- 2022-2025) aprovado por meio da lei municipal N° 1617/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/108/pl_045-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/108/pl_045-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A DOAÇÃO DE BEM MÓVEL À ASSOCIAÇÃO DOS PEQUENOS AGRICULTURES DE SAPEZAL - APAS E DÁ OUTRAS PRODÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/109/pl_046-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/109/pl_046-2023.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÃO NA LEI MUNICIPAL Nº 050/1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/110/pl_047-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/110/pl_047-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 1.606/2021, QUE INSTITUI O BÔNUS DE DESEMPENHO EDUCACIONAL-BDE PARA PROFISSIONAIS DA EDUCAÇÃO, NO ÂMBITO DA REDE PÚBLICA MUNICIPAL DE SAPEZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/114/pl_n_48.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/114/pl_n_48.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder ajuda de custo mensal adicional aos médicos participantes do programa mais médicos que exerçam atividades no município de Sapezal-MT.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/115/pl-_049-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/115/pl-_049-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de fomento com o Instituto Federal de Educação Ciência e Tecnologia de Mato Grosso - Câmpus de Campo Novo dos Parecis, e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/113/pl_n_50.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/113/pl_n_50.pdf</t>
   </si>
   <si>
     <t>Altera Leis N° 1.052/2013 e N° 1.054/2013 que disciplinam o plano de cargos e carreiras dos servidores do poder executivo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/111/pl_051-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/111/pl_051-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 5° e anexo I da Lei Municipal N° 1.077/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/118/pl_052__-_transporte_remunerado_atualizado_231208_115547_11.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/118/pl_052__-_transporte_remunerado_atualizado_231208_115547_11.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei N° 1533/2020 que regulamenta a exploração do serviço de transporte remunerado privado individual de passageiros no âmbito do município de Sapezal e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PLOPL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Luizinho Motorista</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ok_pll_16-2023_-_alteracoes_na_lei_1661-_2022.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ok_pll_16-2023_-_alteracoes_na_lei_1661-_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.661/2022 QUE DISPÕE SOBRE A CESSÃO ONEROSA DE USO TEMPORÁRIO DE BEM MÓVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/10/pll_17-2023_-_alteracoes_na_lei_1679-_2022_-_bolsa_atleta_sapezalense_-_luizinho.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/10/pll_17-2023_-_alteracoes_na_lei_1679-_2022_-_bolsa_atleta_sapezalense_-_luizinho.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.679/2022 QUE DISPÕE SOBRE A CONCESSÃO DA BOLSA ATLETA SAPEZALENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Ailton Primitivo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/43/pll_18-2023-_calcadas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/43/pll_18-2023-_calcadas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI ORDINÁRIA Nº 1.555 DE 27 DE AGOSTO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/5/pll_19-2023_-_da_nome_a_avenida_-_victalino_antenore_giongo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/5/pll_19-2023_-_da_nome_a_avenida_-_victalino_antenore_giongo.pdf</t>
   </si>
   <si>
     <t>Denomina Avenida Pública situada no Loteamento Águas Claras - Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/6/pll_20-2023_-_altera_a_lei_municipal_1.502_-_2019_-__vereador_mauro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/6/pll_20-2023_-_altera_a_lei_municipal_1.502_-_2019_-__vereador_mauro.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1502/2019, QUE INSTITUIU O PROGRAMA "ADOTE UM BEM PÚBLICO E FAÇA A DIFERENÇA" NO MUNICÍPIO DE SAPEZAL-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Joilson Enfermeiro, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/11/pll_21-2023_-_alteracao_cargo_da_contabilidade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/11/pll_21-2023_-_alteracao_cargo_da_contabilidade.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.698/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/7/nova_redacao_pll_22_-_2023_-_dia_nacional_do_campo_limpo_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/7/nova_redacao_pll_22_-_2023_-_dia_nacional_do_campo_limpo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIA NACIONAL DO "CAMPO LIMPO" NO MUNICÍPIO DE SAPEZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Antônio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/30/pll_23-2023_-_titulo_de_cidadao_honorario_-_antonio_e_marcio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/30/pll_23-2023_-_titulo_de_cidadao_honorario_-_antonio_e_marcio.pdf</t>
   </si>
   <si>
     <t>CONCEDE ÁS PESSOAS HOMENAGEADAS O TÍTULO DE CIDADÃO HONORÁRIO DE MUNICÍPIO DE SAPEZAL(MT), E DÁ OUTRAS PROVID~ENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/49/pll_24-2023_-_mauro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/49/pll_24-2023_-_mauro.pdf</t>
   </si>
   <si>
     <t>Autoriza a exploração publicitária nos espaços esportivos públicos com fins publicitários no Município de Sapezal(MT) e da outras providencias.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_n_25.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_n_25.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.014, de 05 de Setembro de 2012, do Município de Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/74/pl_legislativo_n_26.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/74/pl_legislativo_n_26.pdf</t>
   </si>
   <si>
     <t>Altera a lei complementar n° 010/2013 - código de obras e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/76/pl_legislativo_n_27.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/76/pl_legislativo_n_27.pdf</t>
   </si>
   <si>
     <t>Institui o uso do Colar de Girassol como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas no município de Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/97/pll_28-2023_-_joilson.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/97/pll_28-2023_-_joilson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a validade dos Laudos Médicos atestando Deficiências Permanentes emitidos por Profissionais Médicos do Sistema de Saúde Pública de Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_73..pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_73..pdf</t>
   </si>
   <si>
     <t>Indicação ao Deputado Estadual Wilson Santos a implantação de mais uma escola estadual em Sapezal.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_074-2023_-_joilson_-_const._creche_no_lot._cidezal_81.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_074-2023_-_joilson_-_const._creche_no_lot._cidezal_81.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que providencie a construção de uma creche municipal no loteamento Cidezal VIII.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_075.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_075.pdf</t>
   </si>
   <si>
     <t>Que determine a ampliação e melhora nos sistemas de comunicação de rádio utilizados por vários órgãos públicos que atuam no município.</t>
   </si>
   <si>
     <t>Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_76..pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_76..pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que efetue doação de parte da Chácara Municipal para _x000D_
 a Associação de Pais e Amigos dos Excepcionais (APAE) de Sapezal(MT).</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_77.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_77.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que adote providências no _x000D_
 sentido de determinar a colocação de postes de iluminação pública e a consequente _x000D_
 disposição de energia elétrica na Avenida José da Silva Thiago, nas proximidades da _x000D_
 Avenida Primavera, no loteamento Aguas Claras.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_78.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_78.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que adote providências no sentido de determinar a revitalização do Bairro do Bosque.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_79.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_79.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a colocação de placas nas esquinas e em outros locais apropriados com os nomes das ruas e avenidas.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_80.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_80.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que conceda o auxílio Bolsa Atleta aos alunos da rede privada de ensino municipal.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_81.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_81.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que adote providências visando a construção de estacionamentos nas Av. Engenheiro José Thiago e Av. Prefeito André Antõnio Maggi.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_82.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_82.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que crie ''Bairro dos Pioneiros'' no município de Sapezal.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n83.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n83.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que promova o carnaval com trio elétrico em Sapezal.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_84.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_84.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, por meio da Secretaria de Educação, a flexibilização no comprimento das dez horas atividades do corpo docente do Município de Sapezal.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Luizinho Motorista, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_85.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_85.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo  a criação da Secretaria Municipal de Esporte, em Sapezal.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_86.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_86.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que amplie a concessão do Auxílio Alimentação a outras situações não previstas na Lei Municipal.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_87.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_87.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, que determine ao setor competente que providencie o recapeamento asfáltico de toda extensão das Ruas do Cara e Rua do Cascudo.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_88.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_88.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que faça adesão ao Consórcio Intermunicipal de Saúde da Região do Médio Norte Mato-Grossense - CISMNORTE.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_89.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_89.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE REALIZE MELHORIAS NO CQTR - CENTRO DE QUALIFICAÇÃO, TRABALHO E RENDA DE SAPEZAL.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_90.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_90.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que implemente o pagamento de uma Gratificação por Risco de Vida aos integrantes dos cargos de Fiscal de Obras, Fiscal Tributário, Fiscal de Meio Ambiente e Fiscal Sanitário, todos pertencentes ao quadro de servidores de Administração Pública local.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_91.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_91.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que faça adesão ao Programa Digitaliza Brasil.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_92.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_92.pdf</t>
   </si>
   <si>
     <t>Indica o Chefe do Poder Executivo que providencie, na medida do possível, a construção de quebra-molas na Avenida Silvestre Domingos Barbon, Bairro Santa Felicidade - Sapezal(MT)</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n__93.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n__93.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que faça alteração na lei que institui a Bolsa Universidade.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_n_94_jsa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_n_94_jsa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL O ASFALTAMENTO DO LOTEAMENTO CONHECIDO COMO "CHÁCARA DO PEDRÃO''</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_95.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_95.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que providencie urgentemente uma reforma geral no prédio da Creche Municipal Raquel Mochi.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_n_96.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_n_96.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo que realize obras de paisagismo completo, com construção  de pista de caminhada, de quadras e parques no canteiro central da Avenida Rotary Internacional, no bairro Água Clara.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_97.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_97.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que adote providências visando melhorias no atendimento da Farmácia Municipal com aquisição de Totem de senha, contratação de balconista de farmácia e estoquista.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_98.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_98.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que adote providências visando melhorias na área de atendimento odontológico para pacientes com transtorno do Espectro Autista (TEA) e Transtorno de Atenção com Hiperatividade (TDAH).</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Dra Zildinei, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_99.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_99.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo que busque parceria junto ao Governo do Estado para implantação de uma escola cívico militar em nosso município.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Ailton Primitivo, Luizinho Motorista, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n100.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n100.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que faça alteração no estatuto do servidor para aumentar os dias de atestado de 8 (oito) dias para 12 (doze) dias, para o servidor que tiver filho menor de idade portador de necessidade especial.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_101.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_101.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que realize convênio com academia de ginástica local para atletas de base do Município.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_102.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_102.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine a implantação do Regime Próprio de Previdência Social - RPPS - para atendimento dos servidores do município de Sapezal (MT).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_n_103.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_n_103.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que realize convênio com a ADIN-Associação das Diversidades Intelectuais de Tangará da Serra (MT).</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/92/indicacao_104-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/92/indicacao_104-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine o recapeamento asfáltico na Avenida Surubim, no trecho entre as Avenidas Pirambóia e Lions Internacional, nesta cidade</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_105.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_105.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine instalação de refletores nas quadras de vôlei e futebol de areia.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_n_106.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_n_106.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine a construção de estacionamento com cobertura para ambulâncias.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei, Eliston do Papagaio, Luizinho Motorista</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_107.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_107.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE ÁREA APROPRIADA PARA A IMPLANTAÇÃO DE ATERRO SANITÁRIO NO MUNICÍPIO DE SAPEZAL</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/17/mocao_guarda_municipal..pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/17/mocao_guarda_municipal..pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Guarda Civil Municipal de Sapezal.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dra Zildinei, Ailton Primitivo, Eliston do Papagaio, Joilson Enfermeiro, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_de_apoio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_de_apoio.pdf</t>
   </si>
   <si>
     <t>Apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ailton Primitivo, Luizinho Motorista</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/66/mocao_futsal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/66/mocao_futsal.pdf</t>
   </si>
   <si>
     <t>Aos atletas de Futsal da Escola Luiz Frutuoso, que participaram dos Jogos Escolares Brasileiro JEB’s, em Brasília – DF. Também estendemos a presente moção a Professora Márcia Kestring Dagostin, que não mensurou esforços para estar junto ao time.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/67/mocao_metamat.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/67/mocao_metamat.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Diretor-Presidente Juliano Jorge Boracznski e a Assessora Renata Rhaiana Padilha, da Companhia Mato-Grossense de Mineração – METAMAT., em virtude dos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/69/mocao_alison.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/69/mocao_alison.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta Alison da Silva Santos, em virtude da conquista na participação do Mundial Escolar de Futsal na Europa. Também estendemos a moção de aplauso ao professor Dionester Ribeiro de Oliveira.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/75/mocao_volei_feminino.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/75/mocao_volei_feminino.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ás atletas de Voleibol de nosso município, Campeãs da 2° Copa da Amizade, realizada na cidade de Jauru-MT.</t>
   </si>
   <si>
     <t>Dra Zildinei, Luizinho Motorista, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/77/mocao_de_aplauso_a_atleta_isabelly_sodeiro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/77/mocao_de_aplauso_a_atleta_isabelly_sodeiro.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso a atleta Isabelly Sodeiro Rodrigues que foi campeã de natação 100 metros peito, no JEBS 2023- Jogos Escolares Brasileiros - realizados em Brasília /DF, e ao Professor de natação Fábio Morais.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/78/mocao_volei_masculino.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/78/mocao_volei_masculino.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso aos atletas de Voleibol de nosso município, Campeão do Festival do Rio Clarense de Voleibol. Na oportunidade estendemos a presente moção ao professor Claudenir Pedro de Freitas, pelo excelente trabalho que tem feito nesta modalidade.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/79/atleta_mariah_ribeiro_araujo_karate.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/79/atleta_mariah_ribeiro_araujo_karate.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à atleta de Karatê Mariah Ribeiro Araújo, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/80/mocao_emilly_marcelino_karate.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/80/mocao_emilly_marcelino_karate.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à atleta de Karatê Emilly Marcelino, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/81/mocao_anna_julia_karate.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/81/mocao_anna_julia_karate.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à atleta de Karatê Anna Júlia Marcelino, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_12-2023-yan_gabriel_karate_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_12-2023-yan_gabriel_karate_1.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao atleta de Karatê Yan Gabriel Oliveira, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/83/mocao_13-2023-professor_karate.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/83/mocao_13-2023-professor_karate.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao professor de Karatê Valdenir Pinheiro, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/84/mocao_14-2023-rayllison.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/84/mocao_14-2023-rayllison.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de Karatê Rayllison Vicente Silva, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/85/mocao_15-2023-maria_eduarda.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/85/mocao_15-2023-maria_eduarda.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à atleta de Karatê Maria Eduarda Brito, pelos feitos e conquistas na modalidade esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/86/mocao_16-2023-kayky_gabriel.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/86/mocao_16-2023-kayky_gabriel.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de natação Kayky Gabriel Mota Belarmino da Silva, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/87/mocao_17-2023-jose_antonio_tavares_da_silva.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/87/mocao_17-2023-jose_antonio_tavares_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de natação José Antônio Tavares da Silva, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/88/mocao_18-2023-isabela_kusiak.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/88/mocao_18-2023-isabela_kusiak.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à atleta de natação Isabela Kusiak Hartmann, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/89/mocao_19-2023-marcos_paulo_marcal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/89/mocao_19-2023-marcos_paulo_marcal.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de natação Marcos Paulo Marçal da Silva, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/90/mocao_20-2023-joao_vitor_marques.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/90/mocao_20-2023-joao_vitor_marques.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de natação João Vitor Marques, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/91/mocao_21-2023-igor_eduardo_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/91/mocao_21-2023-igor_eduardo_.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de natação Igor Eduardo Moura Zimmermann, em reconhecimento à atuação no esporte.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/93/mocao_22-2023-valdemar_homa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/93/mocao_22-2023-valdemar_homa.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Valdemar Homa, atleta de ciclismo nas modalidades de Mountain Bike e Speed, pelas diversas conquistas alcançadas em sua carreira esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_23-2023-thiago_fernando.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_23-2023-thiago_fernando.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta de motocross Thiago Fernando Machado de Oliveira, pelas diversas conquistas alcançadas em sua carreira.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/95/mocao_24-2023-jiu-jitsu.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/95/mocao_24-2023-jiu-jitsu.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Atletas Sapezalenses indicados na relação em anexo, sendo campeões na seletiva mato-grossense na Arte Marcial Jiu-Jitsu, conquistando vagas para o campeonato mundial a se realizar em São Paulo.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/96/mocao_25-2023-antonio_ortiz.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/96/mocao_25-2023-antonio_ortiz.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a Antônio Ortiz Michels, atleta na modalidade esportiva tênis, pelas diversas conquistas alcançadas em sua carreira, sendo, atualmente, um dos favoritos para disputar, no ano de 2024, o Campeonato Brasileiro da categoria, estando entre os 5 primeiros colocados no Ranking Estadual.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/98/mocao_26-2023_-_samu.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/98/mocao_26-2023_-_samu.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos integrantes da equipe do SAMU, pelos relevantes trabalhos que têm prestado em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/101/mocao_n_27_grupo_de_teatro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/101/mocao_n_27_grupo_de_teatro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos integrantes do GRUPO DE TEATRO ATUART DE SAPEZAL.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/103/mocao_n_28.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/103/mocao_n_28.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO em homenagem e agradecimento aos servidores da Polícia Judiciária Civil de Sapezal(MT), integrantes da Regional de Tangará da _x000D_
 Serra(MT), pelos relevantes trabalhos que têm prestado em nosso município.</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/105/decreto_legislativo_n14.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/105/decreto_legislativo_n14.pdf</t>
   </si>
   <si>
     <t>DELIBERA PELA MANUTENÇÃO DO PARECER PRÉVIO N° 25/2023 DE 29 DE AGOSTO DE 2023 DO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_resolucao_9-2023_-_teletrabalho.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_resolucao_9-2023_-_teletrabalho.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE TELETRABALHO E DISPÕE SOBRE O SEU FUNCIONAMENTO NO ÂMBITO DA CÂMARA MUNICIPAL DE SAPEZAP-MT.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/116/resolucao_n_10.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/116/resolucao_n_10.pdf</t>
   </si>
   <si>
     <t>Institui Comissão representativa da Câmara Municipal de Sapezal, para o período de recesso parlamentar de 23 de dezembro de 2023 a 31 de janeiro de 2024.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_resolucao_11-2023_-_regulamenta_lei_14.1331.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_resolucao_11-2023_-_regulamenta_lei_14.1331.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS DISPOSIÇÕES DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINITRATIVOS, APLICÁVEIS NO ÂMBITO DO PODER LEGISLATIVO DO MUNICIPIO DE SAPEZAL, ESTADO DE MATO GROSSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Dra Zildinei, Eliston do Papagaio, Joilson Enfermeiro, Luizinho Motorista, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_decreto_legislativo_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_decreto_legislativo_n_13.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário sapezalense e dá outras providências.</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei, Eliston do Papagaio, Joilson Enfermeiro, Luizinho Motorista, Mauro Galvão da Novo Tempo, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/8/-emenda_a_lei_organica_-_2023_-__vereadores-1_versao_final.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/8/-emenda_a_lei_organica_-_2023_-__vereadores-1_versao_final.pdf</t>
   </si>
   <si>
     <t>Acrescenta na Lei Orgânica Municipal disposições sobre Emendas Impositivas, com execução da programação orçamentária e financeira de natureza obrigatória, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/106/proposta_de_emenda_a_lei_organica_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/106/proposta_de_emenda_a_lei_organica_n_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Orgânica do Município de Sapezal, Estado de Mato Grosso, e dá outras providências</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLR - Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/117/proposta_de_emenda_modificativa_ao_pl_n_46.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/117/proposta_de_emenda_modificativa_ao_pl_n_46.pdf</t>
   </si>
   <si>
     <t>Proposta de emenda modificativa e aditiva ao Projeto de Lei n° 046/2023, apresentada pela comissão de legislação, justiça e redação final.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/119/prospota_de_emenda_modificativa_e_aditiva_ao_pl_47.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/119/prospota_de_emenda_modificativa_e_aditiva_ao_pl_47.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa e Aditiva ao Projeto de Lei n° 47/2023</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/15/veto_total_do_pll_16-2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/15/veto_total_do_pll_16-2023.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI LEGISLATIVO Nº 16/2023 - QUE DISPÕE SOBRE A CESSÃO ONEROSA DE USO TEMPORÁRIO DE BEM MÓVEL.</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer Prévio TC/MT</t>
   </si>
   <si>
     <t>Tribunal de Contas de Mato Grosso - TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/40/parecer_previo_no_25-2023-tce.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/40/parecer_previo_no_25-2023-tce.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SAPEZAL. CONTAS ANUAIS DE GOVERNO DO EXERCÍCIO DE 2022. PARECER PRÉVIO FAVORÁVEL À APROVAÇÃO. IRREGULARIDADES AFASTADAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1559,68 +1559,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/9/pl_008_-__poder_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/21/pl_018-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/4/pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/16/mensagem_n_30.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/13/pl_031_-_amplia_vaga_cargos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/22/pl_032-2023-nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/23/pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/24/pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/27/pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/38/pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/41/pl_037-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/46/pl_038-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/54/pl_n_39_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/55/pl_n_40.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/60/pl_041-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/62/pl_042-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/64/pl_043-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/70/pl_044-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/108/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/109/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/110/pl_047-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/114/pl_n_48.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/115/pl-_049-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/113/pl_n_50.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/111/pl_051-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/118/pl_052__-_transporte_remunerado_atualizado_231208_115547_11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ok_pll_16-2023_-_alteracoes_na_lei_1661-_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/10/pll_17-2023_-_alteracoes_na_lei_1679-_2022_-_bolsa_atleta_sapezalense_-_luizinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/43/pll_18-2023-_calcadas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/5/pll_19-2023_-_da_nome_a_avenida_-_victalino_antenore_giongo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/6/pll_20-2023_-_altera_a_lei_municipal_1.502_-_2019_-__vereador_mauro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/11/pll_21-2023_-_alteracao_cargo_da_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/7/nova_redacao_pll_22_-_2023_-_dia_nacional_do_campo_limpo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/30/pll_23-2023_-_titulo_de_cidadao_honorario_-_antonio_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/49/pll_24-2023_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/74/pl_legislativo_n_26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/76/pl_legislativo_n_27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/97/pll_28-2023_-_joilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_73..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_074-2023_-_joilson_-_const._creche_no_lot._cidezal_81.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_76..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_79.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_80.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_84.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_86.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_87.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_89.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_90.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_91.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_92.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n__93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_n_94_jsa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_95.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_n_96.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_97.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_98.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_99.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_101.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/92/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_105.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/17/mocao_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/66/mocao_futsal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/67/mocao_metamat.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/69/mocao_alison.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/75/mocao_volei_feminino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/77/mocao_de_aplauso_a_atleta_isabelly_sodeiro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/78/mocao_volei_masculino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/79/atleta_mariah_ribeiro_araujo_karate.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/80/mocao_emilly_marcelino_karate.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/81/mocao_anna_julia_karate.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_12-2023-yan_gabriel_karate_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/83/mocao_13-2023-professor_karate.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/84/mocao_14-2023-rayllison.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/85/mocao_15-2023-maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/86/mocao_16-2023-kayky_gabriel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/87/mocao_17-2023-jose_antonio_tavares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/88/mocao_18-2023-isabela_kusiak.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/89/mocao_19-2023-marcos_paulo_marcal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/90/mocao_20-2023-joao_vitor_marques.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/91/mocao_21-2023-igor_eduardo_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/93/mocao_22-2023-valdemar_homa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_23-2023-thiago_fernando.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/95/mocao_24-2023-jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/96/mocao_25-2023-antonio_ortiz.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/98/mocao_26-2023_-_samu.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/101/mocao_n_27_grupo_de_teatro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/103/mocao_n_28.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/105/decreto_legislativo_n14.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_resolucao_9-2023_-_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/116/resolucao_n_10.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_resolucao_11-2023_-_regulamenta_lei_14.1331.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_decreto_legislativo_n_13.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/8/-emenda_a_lei_organica_-_2023_-__vereadores-1_versao_final.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/106/proposta_de_emenda_a_lei_organica_n_02.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/117/proposta_de_emenda_modificativa_ao_pl_n_46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/119/prospota_de_emenda_modificativa_e_aditiva_ao_pl_47.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/15/veto_total_do_pll_16-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/40/parecer_previo_no_25-2023-tce.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/9/pl_008_-__poder_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/21/pl_018-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/4/pl_028-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/16/mensagem_n_30.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/13/pl_031_-_amplia_vaga_cargos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/22/pl_032-2023-nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/23/pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/24/pl_034-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/27/pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/38/pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/41/pl_037-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/46/pl_038-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/54/pl_n_39_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/55/pl_n_40.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/60/pl_041-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/62/pl_042-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/64/pl_043-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/70/pl_044-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/108/pl_045-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/109/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/110/pl_047-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/114/pl_n_48.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/115/pl-_049-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/113/pl_n_50.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/111/pl_051-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/118/pl_052__-_transporte_remunerado_atualizado_231208_115547_11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/14/ok_pll_16-2023_-_alteracoes_na_lei_1661-_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/10/pll_17-2023_-_alteracoes_na_lei_1679-_2022_-_bolsa_atleta_sapezalense_-_luizinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/43/pll_18-2023-_calcadas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/5/pll_19-2023_-_da_nome_a_avenida_-_victalino_antenore_giongo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/6/pll_20-2023_-_altera_a_lei_municipal_1.502_-_2019_-__vereador_mauro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/11/pll_21-2023_-_alteracao_cargo_da_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/7/nova_redacao_pll_22_-_2023_-_dia_nacional_do_campo_limpo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/30/pll_23-2023_-_titulo_de_cidadao_honorario_-_antonio_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/49/pll_24-2023_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/74/pl_legislativo_n_26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/76/pl_legislativo_n_27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/97/pll_28-2023_-_joilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_73..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_074-2023_-_joilson_-_const._creche_no_lot._cidezal_81.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_76..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_n_79.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_n_80.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_n_84.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_86.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_87.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_89.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_90.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_91.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_92.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n__93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/52/indicacao_n_94_jsa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_95.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_n_96.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_97.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_98.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_99.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_101.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/71/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/92/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_105.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/17/mocao_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/66/mocao_futsal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/67/mocao_metamat.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/69/mocao_alison.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/75/mocao_volei_feminino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/77/mocao_de_aplauso_a_atleta_isabelly_sodeiro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/78/mocao_volei_masculino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/79/atleta_mariah_ribeiro_araujo_karate.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/80/mocao_emilly_marcelino_karate.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/81/mocao_anna_julia_karate.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_12-2023-yan_gabriel_karate_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/83/mocao_13-2023-professor_karate.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/84/mocao_14-2023-rayllison.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/85/mocao_15-2023-maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/86/mocao_16-2023-kayky_gabriel.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/87/mocao_17-2023-jose_antonio_tavares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/88/mocao_18-2023-isabela_kusiak.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/89/mocao_19-2023-marcos_paulo_marcal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/90/mocao_20-2023-joao_vitor_marques.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/91/mocao_21-2023-igor_eduardo_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/93/mocao_22-2023-valdemar_homa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_23-2023-thiago_fernando.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/95/mocao_24-2023-jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/96/mocao_25-2023-antonio_ortiz.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/98/mocao_26-2023_-_samu.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/101/mocao_n_27_grupo_de_teatro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/103/mocao_n_28.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/105/decreto_legislativo_n14.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_resolucao_9-2023_-_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/116/resolucao_n_10.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/112/projeto_de_resolucao_11-2023_-_regulamenta_lei_14.1331.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_decreto_legislativo_n_13.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/8/-emenda_a_lei_organica_-_2023_-__vereadores-1_versao_final.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/106/proposta_de_emenda_a_lei_organica_n_02.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/117/proposta_de_emenda_modificativa_ao_pl_n_46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/119/prospota_de_emenda_modificativa_e_aditiva_ao_pl_47.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/15/veto_total_do_pll_16-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2023/40/parecer_previo_no_25-2023-tce.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="157.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>