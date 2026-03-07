--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -54,2040 +54,2040 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOPE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Valcir Casagrande</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/123/pl_01-2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/123/pl_01-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI MUNICIPAL Nº 1.555 DE 27 DE AGOSTO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/129/pl_executivo_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/129/pl_executivo_n_02.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a conceder revisão geral anual dos vencimentos e subsídios do ano de 2024 e reajuste aos servidores públicos poder executivo do município de sapezal.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/128/pl_executivo_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/128/pl_executivo_n_03.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.647/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/142/ple_n_04.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/142/ple_n_04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal N° 1.693 de 20 de Dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/146/pl_05-2024-altera_leis_1.523_e_1.648.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/146/pl_05-2024-altera_leis_1.523_e_1.648.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS N°1.523 DE 26 DE NOVEMBRO DE 2019 E N°1.648 DE 7 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_lei_06.2024_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_lei_06.2024_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO FETHAB.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_lei_07.2024_alt_lei_n_1.499.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_lei_07.2024_alt_lei_n_1.499.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.499, DE 5 DE JULHO DE 2019.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/157/ple_n_08_2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/157/ple_n_08_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/161/ple_n09.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/161/ple_n09.pdf</t>
   </si>
   <si>
     <t>INSTITUI O JORNAL OFICIAL DA ASSOCIAÇÃO MATOGROSSENSE DOS MUNICÍPIOS COMO VEÍCULO DE PUBLICAÇÃO OFICIAL DOS ATOS DO_x000D_
 MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/163/ple_n_10.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/163/ple_n_10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do loteamento ''IMPERIAL'' e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/168/ple_n_11.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/168/ple_n_11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL EFETUAR PERMUTA ENTRE ÁREA PÚBLICA E ÁREA PARTICULAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/167/ple_n_12-.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/167/ple_n_12-.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A CÂMARA DE DIRIGENTES LOJISTAS DE SAPEZAL - CDL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/169/ple_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/169/ple_n_13.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N° 1.495/2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/180/proj_le_ex_14.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/180/proj_le_ex_14.2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PERMUTA ENTRE ÁREA PÚBLICA E ÁREA PARTICULAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/188/ple_n_15.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/188/ple_n_15.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 50, DE 27 DE NOVEMBRO DE 1997.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/199/ple_016.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/199/ple_016.2024.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE CULTURA DO MUNICÍPIO DE SAPEZAL/MT.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/207/proj_lei_017.2024_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/207/proj_lei_017.2024_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI Nº 1.555 DE 27 DE AGOSTO DE 2020.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/206/proj_lei_018.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/206/proj_lei_018.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS Nº 1.052 E 1.054 DE 20 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/220/ple_019-2024-ldo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/220/ple_019-2024-ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes para a elaboração e execução da Lei Orçamentária do município de sapezal, estado do mato grosso para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/233/proj_lei_ex_020.2024_alt_lei_1679.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/233/proj_lei_ex_020.2024_alt_lei_1679.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  A ALTERAÇÃO DA LEI Nº 1.679, DE 19 DE  OUTUBRO DE 2022.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/240/ple_021.2024_alt_lei_82.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/240/ple_021.2024_alt_lei_82.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 82, DE 10 DE NOVEMBRO DE 1998.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/243/ple_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/243/ple_n_22.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI MUNICIPAL N° 1.555 DE 27 DE AGOSTO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_023.2024_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_023.2024_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A TRANSPOSIÇÃO, O REMANEJAMENTO OU A TRANSFERÊNCIA DE RECURSOS DE UMA CATEGORIA DE PROGRAMAÇÃO PARA OUTRA OU DE UM ORGÃO PARA OUTRO, NOS TERMOS DO INCISO VI, DO ART. 167 DA CONSTITUIÇÃO FEDERAL, NO LIMITE 15%( QUINZE POR CENTO ) DA DESPESA TOTAL DO ORÇAMENTO, CONFORME AUTORIZADO NA LEI MUNICIPAL Nº 1755/2023 E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_lei_024.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_lei_024.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 50, DE 27 DE NOVEMBRO DE 1997.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_ex_025.2024_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_ex_025.2024_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO E IMPLEMENTAÇÃO DE POLÍTICAS PÚBLICAS PARA PRIMEIRA INFÂNCIA NO MUNICÍPIO DE SAPEZAL/MT.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/251/proj_lei_ex_026.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/251/proj_lei_ex_026.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS REGRAS PARA INSTALAÇÃO E FUNCIONAMENTO DO CONSELHO DE REGULAÇÃO E CONTROLE SOCIAL - REGULACON, NO ÂMBITO DO MUNICÍPIO DE SAPEZAL/MT.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_executivo_n_27.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_executivo_n_27.pdf</t>
   </si>
   <si>
     <t>FICA ABERTO CRÉDITO ADICIONAL SUPLEMENTAR POR MEIO DE ALTERAÇÃO DE FONTE DE RECURSOS, TRANSPOSIÇÃO E A TRANSFERÊNCIA DE RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO GERAL DO MUNICÍPIO DE SAPEZAL, ESTADO DE MATO GROSSO, NO VALOR DE R$ 1.000.000,00 ( UM MILHÃO DE REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/275/ple_n_28.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/275/ple_n_28.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivos da Lei Municipal n° 1035/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/277/proj_lei_ex_29.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/277/proj_lei_ex_29.2024.pdf</t>
   </si>
   <si>
     <t>FICA ABERTO CRÉDITO ADICICIONAL SUPLEMENTAR POR MEIO DE ALTERAÇÃO DE FONTE DE RECURSOS, TRANSPOSIÇÃO E A TRANSFERÊNCIA DE RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO GERAL DO MUNICÍPIO DE SAPEZAL, ESTADO DE MATO GROSSO, NO VALOR R$ 600,000,00( SEISCENTOS MIL DE REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_lei_ex_30.2024_lei_orcamentaria.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_lei_ex_30.2024_lei_orcamentaria.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE SAPEZAL/MT., PARA O EXERCICIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/283/ple_n_031.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/283/ple_n_031.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A TRANSPOSIÇÃO, O REMANEJAMENTO OU A TRANSFERÊNCIA DE RECURSOS DE UMA CATEGORIA DE PROGRAMAÇÃO PARA OUTRA OU DE UM ORGÃO PARA OUTRO, NOS TERMOS DO INCISO VI, DO ART. 167 DA CONSTITUIÇÃO FEDERAL, NO LIMITE 15% (QUINZE POR CENTO) DA DESPESA TOTAL DO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/302/proj_032.2024_cria_conselho_desenvolvimento.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/302/proj_032.2024_cria_conselho_desenvolvimento.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL E SOLIDÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/307/ple_n_033.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/307/ple_n_033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Transportes (FMT), junto à Secretaria de Secretaria de Viação Obras e Serviços Urbanos, e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>PLOPL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Dra Zildinei, Eliston do Papagaio, Joilson Enfermeiro, Luizinho Motorista, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/126/pl_legislativo_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/126/pl_legislativo_n_01.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual e aumento real aos servidores públicos do quadro permanente de pessoal e dos agentes públicos do poder legislativo e, dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/125/pll_002_-_2024_-_ganho_real_agente_politico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/125/pll_002_-_2024_-_ganho_real_agente_politico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO REAL NO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO PODER PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio, Luizinho Motorista, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/127/pl_legislativo_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/127/pl_legislativo_n_03.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II do art. 22 da Lei n° 1.555/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/130/pll_004_-_2024_-_subsidio_do_prefeito_e_vice_2025-2028_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/130/pll_004_-_2024_-_subsidio_do_prefeito_e_vice_2025-2028_1.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, Vice-Prefeito e Secretários Municipais de Sapezal, Estado do Mato Grosso, para o quadriênio de 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/131/pll_005_-_2024_-_subsidio_dos_vereadores_2025-2028_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/131/pll_005_-_2024_-_subsidio_dos_vereadores_2025-2028_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores da Câmara Municipal de Sapezal, Estado do Mato Grosso, para o quadriênio de 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/134/pll_n_06_____2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/134/pll_n_06_____2024.pdf</t>
   </si>
   <si>
     <t>RECONHECE WHEELING E DEMAIS MANOBRAS DE MOTOCICLETAS COMO PRÁTICA ESPORTIVA NO MUNICIPIO DE SAPEZAL-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Joilson Enfermeiro, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_substitutivo_pll_07.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_substitutivo_pll_07.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL N° 1.340/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/139/pl_08.2024_divulgacao_site.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/139/pl_08.2024_divulgacao_site.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO NO SITE DA PREFEITURA MUNICIPAL DE SAPEZAL(MT) DOS DADOS BÁSICOS DE TODAS AS OBRAS PÚBLICAS MUNICIPAIS EM ANDAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Mauro Galvão da Novo Tempo, Ailton Primitivo, Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/141/pll_n_09.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/141/pll_n_09.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRÉDIO PÚBLICO IMÓVEL RURAL LOCALIZADO NA GLEBA CACORÉ - SAPEZAL(MT), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/152/pll_n_10.2024_-beach_tenis.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/152/pll_n_10.2024_-beach_tenis.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Tênis e Beach Tênis de Sapezal - ATBS, e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei, Eliston do Papagaio, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/166/pll_011.2024-sem_consc_autismo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/166/pll_011.2024-sem_consc_autismo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE SAPEZAL (MT), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Ailton Primitivo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/175/pll_n_12.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/175/pll_n_12.pdf</t>
   </si>
   <si>
     <t>Promove alteração na Lei Ordinária n° 1.255/2016, que dispõe sobre a denominação de Bens Imóveis Públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Dra Zildinei, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/177/pll_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/177/pll_n_13.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O PODER EXECUTIVO MUNICIPAL A DIVULGAR A RELAÇÃO DE MEDICAMENTOS, DATA DE ENTRADA, FABRICAÇÃO, LOTE E VALIDADE DISPONÍVEIS NA REDE PÚBLICA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/183/pll_n_14_-_utilizacao_dos_ginasios----.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/183/pll_n_14_-_utilizacao_dos_ginasios----.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A UTILIZAÇÃO DOS GINÁSIOS ELENOR DAL'MASO E EVERTON DE SOUZA POR PESSOAS JURÍDICAS PARA A REALIZAÇÃO DE EVENTOS RECREATIVOS OU ESPORTIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/182/pll_n_15.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/182/pll_n_15.pdf</t>
   </si>
   <si>
     <t>Determina a instalação de equipamentos eletrônicos conectados à internet para realização de pesquisa de satisfação em todos os estabelecimentos da rede de saúde que atendam parcial ou integralmente o Sistema Único de Saúde (SUS) no Município de Sapezal-MT.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/181/plo_16.2024_sem_mutirao_emprego.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/181/plo_16.2024_sem_mutirao_emprego.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE SAPEZAL A SEMANA DO MUTIRÃO DO EMPREGO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/192/proj._lei_leg._17-_24_-__lei_liberdade_religiosa_-_vereador_eliston_-_final_2.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/192/proj._lei_leg._17-_24_-__lei_liberdade_religiosa_-_vereador_eliston_-_final_2.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI MUNICIPAL DE LIBERDADE RELIGIOSA NO MUNICÍPIO DE SAPEZAL(MT) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/194/pll_018.2024_util_publica_abaps.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/194/pll_018.2024_util_publica_abaps.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Basquetebol Amigos e Pais de Sapezal - ABAPS – e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Ronaldo Gato, Antônio Rodrigues, Dra Zildinei, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/198/pll_n_019.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/198/pll_n_019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CARTÃO ESCOLAR - CME - DESTINADO À AQUISIÇÃO DE MATERIAL ESCOLAR, ATRAVÉS DE CARTÃO MAGNÉTICO, PARA OS ESTUDANTES DA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/223/pll_n_20__2024_revoga_a_lei_1555.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/223/pll_n_20__2024_revoga_a_lei_1555.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 1.555/2020 DE 27 DE AGOSTO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/225/pll_n_021.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/225/pll_n_021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Sindicato dos Servidores Públicos Municipais de Sapezal (MT) - SIMS, e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Joilson Enfermeiro, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/242/projeto_de_lei_legislativo_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/242/projeto_de_lei_legislativo_n_22.pdf</t>
   </si>
   <si>
     <t>Revoga e altera os dispositivos da Lei n° 1.555/2020, de 27 de agosto de 2020, que dispõe sobre a construção, adequação de calçadas e arborização urbana no perímetro urbano do município de Sapezal e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/250/pll_no_23.2024_consc_e_atend_fibromialgia.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/250/pll_no_23.2024_consc_e_atend_fibromialgia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE CONSCIENTIZAÇÃO E ATENDIMENTO DAS PESSOAS COM FIBROMIALGIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/258/pll_n_24.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/258/pll_n_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das atividades privativas do Corretor Imobiliário na intermediação de negócios imobiliários nos programas habitacionais do Município de Sapezal/MT e dá outras providências.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Dra Zildinei, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_legislativo_n_25.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_legislativo_n_25.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização da Saúde do Cérebro no Calendário Oficial do Município de Eventos e Datas Comemorativas.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/272/pll_n_026.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/272/pll_n_026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a receber Bem Móvel em Doação, e dá outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/289/pll_n_27.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/289/pll_n_27.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS LEI MUNICIPAL N° 50/1997 -CÓDIGO TRIBUTÁRIO DO MUNICIPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/295/pll_n_028.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/295/pll_n_028.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE CELULARES E DISPOSITIVOS TECNOLÓGICOS NAS ESCOLAS DE REDES PÚBLICAS E PRIVADAS DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/297/pll_029.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/297/pll_029.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA A CONCESSÃO DE UTILIDADE PÚBLICA MUNICIPAL ÀS ENTIDADES SOCIAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/301/pl_030.2024_ut_publica_agroligadas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/301/pl_030.2024_ut_publica_agroligadas.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O MOVIMENTO DE MULHERES LIGADAS AO AGRONEGÓCIO - (AGROLIGADAS) NO MUNICÍPIO DE SAPEZAL (MT) - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a implantação de câmeras de segurança nas praças Lúcia Borges Maggi, Praça do Loteamento Papagaio, Praça do Jardim Sapezal e Pista de Skate.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_n_02-2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_n_02-2024.pdf</t>
   </si>
   <si>
     <t>De conformidade com o que estabelece o Regimento Interno desta Casa de Leis, o vereador Joilson Silva de Assunção após, ouvida a Soberana e Douta manifestação do Plenário, INDICA ao Chefe do Poder Executivo Municipal extensão da Farmácia Municipal para o Centro de Especialidades Médicas, para atendimento noturno.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/132/indicacao_n_03___2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/132/indicacao_n_03___2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a instalação de parques infantis, construção de quadras esportivas, academia, pista de caminhada, pista de patinação e paisagismo ao longo da Avenida Projetada 01 no residencial Papagaio.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_04-_centros_de_pilates.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_04-_centros_de_pilates.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal Convênio com Centros de Pilates para atendimentos de idosos, pacientes vindos de fisioterapia e pessoas com fibromialgia.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/133/indicacao_n_05____2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/133/indicacao_n_05____2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo que adote providências no sentido de prorrogar o prazo de carência concedido aos agricultores da Associação dos Pequenos Produtores Rurais de Sapezal (MT), instalados na Gleba Cacoré, neste município, relativamente ao início do pagamento das parcelas do financiamento dos respectivos imóveis rurais.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_06_2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_06_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que providencie, na medida do possível, a construção de 03 (três) salas de aula na estrutura da Escola Municipal Jaime Marcelo Schecheli.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Luizinho Motorista</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/144/indicacao_n_07_2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/144/indicacao_n_07_2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que disponibilize transporte para os alunos residentes em Sapezal(MT) que estudam na Escola Agrícola de Campo Novo do Parecis (MT).</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_n_08__2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_n_08__2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que aumente ou reajuste os valores da Bolsa Universidade, instituídos de acordo com a Lei Municipal n 2 1693/2022.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_n_09__2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_n_09__2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine, na medida do possível, a construção de uma Concha Acústica na Praça Lúcia Borges Maggi, nesta_x000D_
 cidade.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_n_10__2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_n_10__2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que aumente o valor do adicional por pernoite estabelecido em lei para os motoristas que se hospedam nas fazendas ao final do expediente, retornando no dia seguinte à sede do município.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/145/ind_no_11.2024_red_veloc.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/145/ind_no_11.2024_red_veloc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a construção de um redutor de velocidade na Avenida Silvestre Domingos Bourbon, especificamente em frente à entrada do Bairro Santa Felicidade.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/149/ind._012.2024_const._escola_municipal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/149/ind._012.2024_const._escola_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que providencie, na medida do possível, a construção de uma Escola Municipal na localidade denominada Armazém Papagaio Scheffer  (Unidade Papagaio – antiga Coprocentro), situada na Rodovia MT 235, Km 32,9 – Sapezal(MT).</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/156/ind_013.2024_reajuste_p_hemodialise.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/156/ind_013.2024_reajuste_p_hemodialise.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que reajuste o valor do auxílio financeiro aos portadores de doença crônica renal em tratamento por Hemodiálise, instituído de acordo com a Lei Municipal nº 1650/2022.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/154/ind_014.2024-_alter_estatuto_licenca_premio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/154/ind_014.2024-_alter_estatuto_licenca_premio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que altere o Estatuto dos Servidores Públicos do Município a fim de possibilitar o gozo da Licença Prêmio por Assiduidade em período menor do que atualmente previsto (30 dias), sugerindo que possa ser modificado para autorizar a sua utilização (gozo) em períodos de 15 (quinze) dias, inclusive.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/158/ind_015.2024_regime_prev_social_rpps.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/158/ind_015.2024_regime_prev_social_rpps.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine a implantação do Regime Próprio de Previdência Social - RPPS - para atendimento dos servidores do município de Sapezal (MT).</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/159/ind_016.2024-_reajust_diarias_secr_saude.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/159/ind_016.2024-_reajust_diarias_secr_saude.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que reajuste o valor das Diárias pagas aos Servidores da Secretaria de Saúde do Município quando em remoção de pacientes que necessitam de cuidados especiais, assim determinados e definidos de acordo com art. 7º, I e II do Decreto Municipal nº 117/2020.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/160/ind_n_17.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/160/ind_n_17.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a extensão de verba indenizatória para desempenho de atividade delegada aos Policiais Civis de Sapezal.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/162/ind_018-2024-_reg_carreiras_acs_e_ace.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/162/ind_018-2024-_reg_carreiras_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que regularize as Carreiras dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate a Endemias (ACE) de acordo com orientação do Tribunal de Contas do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/164/ind_019.2024-_const_calc._e_isencao_iptu.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/164/ind_019.2024-_const_calc._e_isencao_iptu.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine estudos visando a construção de calçadas nos imóveis situados em Zonas de Interesse Social às expensas do Poder Público, sem cobrança posterior dos custos aos proprietários e, adicionalmente, em relação aos imóveis dessas Zonas, a implantação de isenções futuras na cobrança do IPTU àqueles proprietários que construíram calçadas em seus terrenos, fazendo-se amortizações anuais e gradativas no Imposto até a compensação integral do gasto realizado.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/165/ind_20.2024-programa_observatorio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/165/ind_20.2024-programa_observatorio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que faça adesão ao Programa Observatório, que consiste em uma ferramenta de acesso a uma plataforma de dados sobre as mais diversas e variadas informações de uma determinada cidade ou região do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/172/indicacao_n_21.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/172/indicacao_n_21.pdf</t>
   </si>
   <si>
     <t>Indica que o  Excelentíssimo Senhor Prefeito Municipal de Sapezal adote uma série de medidas, sobre a necessidade de reforçar as séries de medidas sobre Fiscalização e Conscientização sobre a Dengue, ZikaVirus e Chikungunya.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/171/indicacao_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/171/indicacao_n_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal Construção de Faixa Elevada em frente ao Ponto de Ônibus Próximo à Creche Teresinha Marques Morais.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/173/indicacao_n_23.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/173/indicacao_n_23.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de uma escola municipal no Bairro Jardim Sapezal.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/174/ind_024.2024-_const_quebra_-molas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/174/ind_024.2024-_const_quebra_-molas.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que, providencie, na medida do possível, a construção de quebra-molas na Avenida Surubim, distante , aproximadamente, 100 metros da Avenida Primavera , próximo à Algodoeira Grupo Scheffer – Sapezal (MT)</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/178/indicacao_mauro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/178/indicacao_mauro.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que tome providências no sentido de realizar a construção e o reparo de meio fios, em todas as ruas e avenidas de nosso município.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/179/ind_26.2024_internet_aberta_grat.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/179/ind_26.2024_internet_aberta_grat.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a implementação de INTERNET GRATUITA ABERTA nas praças e parques do Município de Sapezal- (MT) utilizando a infraestrutura das câmeras de segurança.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/184/ind_27.2024-_inst_antenas_starlink.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/184/ind_27.2024-_inst_antenas_starlink.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a Instalação de ANTENAS STARLINK em veículos de patrulhamento de segurança e nos veículos da saúde do munícipio de Sapezal (MT).</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/190/indicacao_n_28.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/190/indicacao_n_28.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a criação do incentivo ''Copa do Conhecimento''.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/191/indicacao_n_29.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/191/indicacao_n_29.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal o levantamento, avaliação técnica e posterior instalação de rede elétrica e implantação de postes com iluminação pública na Rua José Heck, localizada no loteamento industrial.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/196/ind_n_30.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/196/ind_n_30.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a doação de terreno para os Desbravadores/Aventureiros/Associação Irmão de Lenços.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/195/ind_31.2024_central_do_cidadao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/195/ind_31.2024_central_do_cidadao.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine a criação da Central do Cidadão, destinada ao recebimento e acompanhamento de solicitações relativas aos serviço públicos municipais.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_n_32.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_n_32.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que faça convênio com profissionais especializados em bucomaxilofacial.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Ailton Primitivo, Dra Zildinei, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/201/ind_033.2024_conv._seciteci.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/201/ind_033.2024_conv._seciteci.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que estabeleça Convênio com a Secretaria de Estado da Ciência, Tecnologia e Inovação – SECITECI –  a fim de que nosso município se transforme em um polo para oferta de cursos técnicos.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/202/ind_n_34.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/202/ind_n_34.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal construção de um hospital municipal ou um pronto atendimento 24 horas.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/200/ind_035.2024_cod_qr_code.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/200/ind_035.2024_cod_qr_code.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine a sinalização com Código de Resposta Rápida (QR Code) todas as obras do município.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_n_36.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_n_36.pdf</t>
   </si>
   <si>
     <t>Indica o Chefe do Poder Executivo Municipal a construção de Ginásio Poliesportivo dedicado ao Basquete e demais modalidades esportivas.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/205/ind_n_37_funcao_gratificada.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/205/ind_n_37_funcao_gratificada.pdf</t>
   </si>
   <si>
     <t>INDICA ao chefe do Poder Executivo a criação da Função Gratificada para profissionais que atuam com crianças autistas e outras crianças que necessitam de tratamentos especiais ou diferenciados no município de Sapezal (MT).</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/210/ind_n_38.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/210/ind_n_38.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que solicite o agendamento com a Secretaria de Saúde do Estado para parceria do Projeto ''IR PARA INCLUIR''.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Mauro Galvão da Novo Tempo, Ronaldo Gato</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/213/indicacao_n_39.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/213/indicacao_n_39.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a Instalação de Aquecedor Solar de Água em Habitação de Interesse Social ‘’VIDA NOVA’’.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/212/ind_040.2024_convenio_hosp_de_cancer.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/212/ind_040.2024_convenio_hosp_de_cancer.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que encaminhe Convênio entre o Município de Sapezal e o Hospital de Câncer de Mato Grosso – HcanMT- situado em Cuiabá (MT).</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/221/ind_n_41.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/221/ind_n_41.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a criação de Centro Social para atividades no Contra Turno Escolar.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/222/ind_42.2024_horta_e_pomar_comunit.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/222/ind_42.2024_horta_e_pomar_comunit.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a criação de uma Horta Comunitária e um Pomar Comunitário na chácara da Prefeitura Municipal de Sapezal (MT)</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/224/ind_43.2024-_ref_parque.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/224/ind_43.2024-_ref_parque.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Municipal de Sapezal a reforma do portão e a implementação de grama sintética no parquinho infantil do bairro Jardim Alvorada, neste Município de Sapezal (MT).</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/229/ind_44.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/229/ind_44.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia ao Senador Wellington Fagundes, para aquisição de Equipamentos para melhoria da Infraestrutura Municipal.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/248/ind_45.2024_criacao_sala_vacinacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/248/ind_45.2024_criacao_sala_vacinacao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a abertura de uma sala de vacinação para atendimentos noturnos no Centro de Especialidades do Município de Sapezal (MT).</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/238/ind_46.2024_alter_calendario_escolar.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/238/ind_46.2024_alter_calendario_escolar.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a alteração no calendário escolar para que todos os colaboradores da pasta da educação, incluindo secretários, Técnicos de Desenvolvimento Infantil (TDIs), merendeiras, zeladoras, motoristas de ônibus e demais servidores que trabalham diretamente com os alunos, possam usufruir de suas férias anuais no período de 02 a 31 de janeiro de cada ano no Município de Sapezal (MT).</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_no_047_20.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_no_047_20.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine seja efetuada a limpeza de bueiros e lotes da área urbana antes do início do período das chuvas na região.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Luizinho Motorista</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/254/ind_n_48.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/254/ind_n_48.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo e estendendo ao Deputado Estadual Dr João a implantação de 10 leitos de UTIS, no Hospital Santa Marcelina.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_n_49.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_n_49.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal a Criação de Lei Municipal visando a Redução da Área de Domínio Público às Margens da BR-364.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/259/ind_050.2024_implantacao_ecoponto.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/259/ind_050.2024_implantacao_ecoponto.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine providências no sentido de implantar um ecoponto nas proximidades do bairro Papagaio ou da Avenida Primavera.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/262/ind_51.2024_aquisicao_veiculo_p_iluminacao_publica.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/262/ind_51.2024_aquisicao_veiculo_p_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a solicitação para aquisição de um veículo destinado à manutenção da iluminação pública no município de Sapezal – MT.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Antônio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/271/ind_n_52_-_minha_casa_minha_vida.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/271/ind_n_52_-_minha_casa_minha_vida.pdf</t>
   </si>
   <si>
     <t>Adoção de políticas públicas de doação de terrenos para a construção de habitações populares.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/273/ind_53.2024_cobert_vala_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/273/ind_53.2024_cobert_vala_.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine providências no sentido de cobrir a vala existente entre a Avenida José da Silva Thiago – Bairro Água Clara – e a BR 364, nesta cidade, e restabelecer a conexão entre o trecho da Rua Marechal Rondon, situado no Loteamento Cidezal, com trecho dessa mesma Rua, na entrada do Loteamento Papagaio.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/274/ind_54.2024_const_estacio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/274/ind_54.2024_const_estacio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine providências para construção de estacionamento e pista de caminhada no espaço existente ao longo da Avenida José da Silva Thiago – Bairro Água Clara – especificamente na área disponível entre assa Avenida e a BR 364, nesta cidade, assim que for coberta a vala de coleta de águas pluviais atualmente existente.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/280/ind_55.2024_implant_mini_playground.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/280/ind_55.2024_implant_mini_playground.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a implantação de mini playgrounds para crianças de 1 a 3 anos de idade em pontos estratégicos, como praças, avenidas e parques, caso ainda não haja instalação desses equipamentos no município de Sapezal – MT.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/282/ind_56.2024_faixas_elevad.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/282/ind_56.2024_faixas_elevad.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja realizado um levantamento em todos os pontos de ônibus e creches do município, com objetivo de identificar onde ainda não foram implantadas faixas elevadas e proceder com a instalação dessas medidas de segurança.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_n_57.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_n_57.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal a celebração de um convênio com cirurgiões-dentistas do município para a prestação de serviços de atendimento básico de odontologia, incluindo restaurações, aplicação de flúor, selantes, limpezas, entre outros procedimentos preventivos e curativos.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/290/ind_58.2024-_placares_ele.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/290/ind_58.2024-_placares_ele.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a aquisição de placares eletrônicos móveis a serem utilizados nos campos de society e no estádio de futebol do município de Sapezal –MT.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Dra Zildinei, Mauro Galvão da Novo Tempo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/293/ind_n_059.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/293/ind_n_059.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a criação de um velário no cemitério municipal.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Ailton Primitivo, Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/299/ind_60.2024_bolsa.auxili_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/299/ind_60.2024_bolsa.auxili_.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo que estabeleça uma bolsa/auxílio financeiro aos pais ou responsáveis por crianças autistas e capacitação dos mesmos para atuarem em creches e escolas como TDIs.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Ronaldo Gato, Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/300/ind_061.2024_atend_24_hrs.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/300/ind_061.2024_atend_24_hrs.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja ampliado o horário de funcionamento da Unidade Básica de Saúde – Centro de Especialidades Médicas (UBS – CEM), para atendimento 24 horas no município de Sapezal –MT.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/193/mocao_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/193/mocao_n_01.pdf</t>
   </si>
   <si>
     <t>No intuito de apoiar o Conselho Federal de Medicina, em razão do movimento ofensivo ao Conselho Federal de Medicina – CFM, iniciado com a publicação da Resolução CFM n. 2.378/2024, que seja desagravado o referido Conselho, e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/211/mocao_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/211/mocao_n_02.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em agradecimento aos integrantes da saúde que atuaram na linha de frente da COVID-19.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Luizinho Motorista, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/215/mocao_n_03_basquete.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/215/mocao_n_03_basquete.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso às atletas de basquetebol infantil 2010/2011, estendendo a treinadora que conquistaram o título de campeãs na XVII Copa André Maggi.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/214/mocao_n_04.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/214/mocao_n_04.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à atleta da modalidade de Handebol Edimara Elaine de Araújo.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_n_05.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_n_05.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à atleta da modalidade de Handebol Thavine Conceição Enis Roque.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/217/mocao_n_06.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/217/mocao_n_06.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta da modalidade de Handebol Pedro dos Santos.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/218/mocao_n_07.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/218/mocao_n_07.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao atleta da modalidade de Handebol Rafael Galvão Bortoluzzi.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/226/mocao_08.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/226/mocao_08.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em agradecimento e reconhecimento aos integrantes do Hospital Santa Marcelina.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/227/mocao_09.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/227/mocao_09.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em agradecimento e reconhecimento ao integrante do SAMU, Milton David Olegário.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/228/mocao_n_10.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/228/mocao_n_10.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à equipe da Escola Jaime Marcelo Schecheli, que recentemente conquistou o 14º lugar na 3ª edição do programa Alfabetiza MT, destinado a premiar as escolas da rede pública de ensino de Mato Grosso que obtiverem os melhores resultados de alfabetização.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/235/mocao_n_11.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/235/mocao_n_11.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à aluna Diana Aparecida da Silva Wickert, que ficou entre os 100 melhores alunos da rede estadual de ensino no programa "Intercâmbio MT no Mundo".</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/234/mocao_n_12.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/234/mocao_n_12.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao aluno Arthur Baierle, que ficou entre os 100 melhores alunos do estado de Mato Grosso no programa Intercâmbio MT no Mundo e também foi destaque na 18° OBMEP – Olimpíada Brasileira de Matemática das Escolas Públicas.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/257/mocao_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/257/mocao_n_13.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos valorosos integrantes do Corpo de Bombeiros do núcleo de Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/263/mocao_n_14_pedro_henrique_dal_maso.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/263/mocao_n_14_pedro_henrique_dal_maso.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao jovem piloto Pedro Henrique Dal Maso Zanatta, por conquistar o 3º lugar no Campeonato Estadual de Kart, sagrar-se campeão da última etapa do Campeonato Mato-Grossense e pela brilhante participação no Campeonato Brasileiro, Copa CKB, realizado em Birigui, São Paulo.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_n_15_maria_eduarda_e_mariah_ribeiro.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_n_15_maria_eduarda_e_mariah_ribeiro.docx.pdf</t>
   </si>
   <si>
     <t>Maria Eduarda Brito Silva e Mariah Ribeiro Araújo, pela brilhante conquista de vice-campeãs no kumite revezamento durante o 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, entre os dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/265/mocao_n_16_adrieni_e_tayssa.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/265/mocao_n_16_adrieni_e_tayssa.docx.pdf</t>
   </si>
   <si>
     <t>Adrieni de Deus Trindade e Tayssa Lopes Zanusso pelo brilhante desempenho no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, nos dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_n_17_pedro_henrique_farias.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_n_17_pedro_henrique_farias.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta Pedro Henrique da Silva Farias pelo brilhante desempenho no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, nos dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/267/mocao_n_18_arthur_gabriel_pinheiro_de_paula.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/267/mocao_n_18_arthur_gabriel_pinheiro_de_paula.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta Arthur Gabriel Pinheiro de Paula, pela sua destacada participação no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, entre os dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/268/mocao_n_19_emily_marcelino_de_lara.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/268/mocao_n_19_emily_marcelino_de_lara.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a atleta Emily Marcelino de Lara, pela sua excelente participação no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, entre os dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/269/mocao_n_20_anna_julia_marcelino_de_lara.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/269/mocao_n_20_anna_julia_marcelino_de_lara.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a atleta Anna Júlia Marcelino de Lara, pela sua excelente participação no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, entre os dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_n_21_yan_gabriel_silva_oliveira.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_n_21_yan_gabriel_silva_oliveira.docx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta Yan Gabriel Silva Oliveira, pela sua excelente participação no 31º Campeonato Brasileiro de Karatê Interestilos, realizado na cidade de São Paulo - SP, entre os dias 13, 14 e 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/278/mocao_n_22_futsal_sub-15.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/278/mocao_n_22_futsal_sub-15.docx.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao time Sub-15 pela brilhante conquista do Campeonato Brasileiro de Futsal, realizado neste município.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/279/mocao_n_23_natacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/279/mocao_n_23_natacao.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso as atletas Kayky, Isabelly, Isabela e José Antônio Tavares, por suas extraordinárias conquistas na natação.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/284/mocao_n_24.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/284/mocao_n_24.pdf</t>
   </si>
   <si>
     <t>ao Grupo ATUART, pela brilhante conquista no 19º Festival Estudantil Temático para o Trânsito (FETRAN), edição 2024, consagrando-se Bicampeão com o espetáculo "A Cidade de Luzes", que alcançou o Primeiro Lugar na Etapa Guaporé, além de conquistar o título de Melhor Projeto Destaque Estadual. O Grupo ATUART também se consagrou com o espetáculo "As Guardiãs do Trânsito em Ação", que obteve o Segundo Lugar na competição.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_aplauso_alessanco.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_aplauso_alessanco.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta Alessanco Natanian Freitas de Campos, em reconhecimento à sua extraordinária participação nos 40 Anos de Encontro de Motos Whelling, Carros Rebaixados e Carros Antigos, realizado na cidade de Cáceres – MT, no dia 15 de setembro de 2024.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/291/mocao_n_26_-_nagila_jiu_jitsu.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/291/mocao_n_26_-_nagila_jiu_jitsu.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à atleta Nagila Aguiar de Almeida, de 14 anos, pelo seu excelente desempenho no Campeonato Mato-Grossense de Jiu-Jitsu, onde conquistou o segundo lugar em sua categoria.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/298/mocao_n_27_-_corrida_de_rua.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/298/mocao_n_27_-_corrida_de_rua.pdf</t>
   </si>
   <si>
     <t>Pelos atletas de corrida de rua do município que, com dedicação, disciplina e esforço, têm representado com excelência o nome de Sapezal em competições locais e regionais.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_n_01.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Excelentíssimo Senhor Mauro Mendes, Governador do Estado de Mato Grosso, a fim de que dê execução as medidas divulgadas na imprensa mato-grossense relativas à Moratória da Soja em áreas convertidas legalmente neste estado.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/185/req_02.2024_doc_sobre_coleta_lixo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/185/req_02.2024_doc_sobre_coleta_lixo.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja REQUERIDO ao Prefeito Municipal cópias dos documentos e as informações que passa a relacionar sobre a coleta do lixo urbano em Sapezal (MT).</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_n_03.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Prefeito Municipal, ao Excelentíssimo Senhor Secretário Municipal de Saúde, ao Excelentíssimo Senhor Controlador Interno, os documentos e informações solicitadas.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_04-2024-eliston-contrato_combustivel.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_04-2024-eliston-contrato_combustivel.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja REQUERIDO ao Prefeito Municipal cópias dos Contratos n°s 68 e 69 relativos ao Processo nº 1311/2023- Pregão Eletrônico- cujos objetos foram compra de óleo diesel durante suas vigências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/209/n_05_requerimento.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/209/n_05_requerimento.pdf</t>
   </si>
   <si>
     <t>Requerimento para retirada de pauta do Projeto de Lei Legislativo N° 19/2024</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_06.2024_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_06.2024_.pdf</t>
   </si>
   <si>
     <t>"Requerimento solicitando informações e providências relacionadas aos fatos alegados nos autos 0600460-54.2024.6.11.0042".</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/219/resolucao_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/219/resolucao_n_01.pdf</t>
   </si>
   <si>
     <t>Altera o regimento interno da Câmara Municipal de Sapezal - Resolução n° 03/20203 e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/230/proj_resol_02.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/230/proj_resol_02.2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE IDEIAS LEGISLATIVAS NO MUNICÍPIO DE SAPEZAL (MT), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/241/projeto_de_resolucao_003-2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/241/projeto_de_resolucao_003-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional do Poder Legislativo Municipal de Sapezal /MT e dá outras providências .</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Eliston do Papagaio, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao_n_04.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao_n_04.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SAPEZAL - RESOLUÇÃO N° 03/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Dra Zildinei, Mauro Galvão da Novo Tempo, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/286/proj_resol_05.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/286/proj_resol_05.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSMISSÃO DE MANDATO ELETIVO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE SAPEZAL/MT, DEFINE E NORMATIZA CRITÉRIOS PARA FORMAÇÃO DA RESPECTIVA COMISSÃO, SEU FUNCIONAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PROCESSANTE PARA APURAR _x000D_
 FATOS CONSTANTES EM DENÚNCIA FORMULADA POR _x000D_
 ELEITOR, EM DESFAVOR DO PREFEITO MUNICIPAL, _x000D_
 VALCIR CASAGRANDE COM BASE NO DECRETO LEI _x000D_
 FEDERAL N° 20111967.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/306/projeto_de_resolucao_07-2024_-_com._representativa._dez._2024-jan._2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/306/projeto_de_resolucao_07-2024_-_com._representativa._dez._2024-jan._2025.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Representativa da Câmara Municipal de Sapezal, para o período de recesso parlamentar de 23 de dezembro de 2024 a 31 de janeiro de 2025.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/303/projeto_de_decreto_legislativo_n_07.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/303/projeto_de_decreto_legislativo_n_07.pdf</t>
   </si>
   <si>
     <t>Delibera pela manutenção do parecer prévio n° 75/2024.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/150/projeto_lei_comp_01.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/150/projeto_lei_comp_01.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 10, DE 21 JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/239/plc_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/239/plc_n_02.pdf</t>
   </si>
   <si>
     <t>CRIA O PARQUE DO EMPREENDEDOR DE SAPEZAL-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/237/plc_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/237/plc_02.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS A LEI COMPLEMENTAR N° 10/2013 - CÓDIGO DE OBRAS DO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/236/plc_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/236/plc_n_03.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO S LEGAIS DA LEI COMPLEMENTAR N° 01/2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_complementar_legislacao_ao_ple_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_complementar_legislacao_ao_ple_n_01.pdf</t>
   </si>
   <si>
     <t>Parecer Complementar da Comissão de Legislação</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>CLR - Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/170/parecer_legislacao_ple_06_2024_-_com_emenda_pl_47.2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/170/parecer_legislacao_ple_06_2024_-_com_emenda_pl_47.2023.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva e Aditiva ao Projeto de Lei nº 06/2024, apresentada pela Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/246/parecer_legislacao_ple_20_2024_-_altera_lei_bolsa_atleta.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/246/parecer_legislacao_ple_20_2024_-_altera_lei_bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.679 de 19 de outubro de 2022</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/260/parecer_legislacao_plce_02_2024_-_parque_do_empreendedor.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/260/parecer_legislacao_plce_02_2024_-_parque_do_empreendedor.pdf</t>
   </si>
   <si>
     <t>ANÁLISE AO PROJETO DE LEI COMPLEMENTAR Nº 02/2024 - CRIA O PARQUE DO EMPREENDEDOR DE SAPEZAL - MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>COS - Obras, Serv. Públicos, Agroindústria , Com. e Tur.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/261/parecer_de_obras_plce_no_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/261/parecer_de_obras_plce_no_02.pdf</t>
   </si>
   <si>
     <t>CRIA O PARQUE DO EMPREENDEDOR DE SAPEZAL/MT., E DÁ COUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/308/parecer_legislacao_ple_33_2024_-_com_mudanca.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/308/parecer_legislacao_ple_33_2024_-_com_mudanca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRANSPORTES (FMT), JUNTO À SECRETARIA DE VIAÇÃO OBRAS E SERVIÇOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/121/mensagem_de_veto_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/121/mensagem_de_veto_1.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL DO PROJETO DE LEI LEGISLATIVO Nº 028/2023 (AUTÓGRAFO Nº 073/2023) - DISPÕE SOBRE A VALIDADE DOS LAUDOS MÉDICOS ATESTANDO DEFICIÊNCIAS PERMANENTES EMITIDOS POR PROFISSIONAIS MÉDICOS DO SISTEMA DE SAÚDE PÚBLICA DE DE SAPEZAL/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/208/razoes_veto_015.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/208/razoes_veto_015.2024.pdf</t>
   </si>
   <si>
     <t>Veto INTEGRALMENTE o Projeto de Lei Legislativo nº 015/2024( Autógrafo nº 029/2024).</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/288/razoes_veto_parcialmente_pll_024.2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/288/razoes_veto_parcialmente_pll_024.2024.pdf</t>
   </si>
   <si>
     <t>Veto PARCIALMENTE o Projeto de Lei Legislativo nº 024/2024 ( Autógrafo nº 048/2024).</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer Prévio TC/MT</t>
   </si>
   <si>
     <t>Tribunal de Contas de Mato Grosso - TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_previo_no_75-2024-_contas_de_2023.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_previo_no_75-2024-_contas_de_2023.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio - Contas Anuais de Governo - exercício de 2023.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Dr. Paulo Grisoste</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/294/denuncia_-_valcir_casagrande_-_sapezal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/294/denuncia_-_valcir_casagrande_-_sapezal.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>PCP</t>
   </si>
   <si>
     <t>Parecer Comissão Processante</t>
   </si>
   <si>
     <t>CP - Comissão Processante Denuncia Prefeito Municipal 2024</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_cpi.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_cpi.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio da Comissão Processante</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2394,68 +2394,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/123/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/129/pl_executivo_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/128/pl_executivo_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/142/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/146/pl_05-2024-altera_leis_1.523_e_1.648.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_lei_06.2024_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_lei_07.2024_alt_lei_n_1.499.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/157/ple_n_08_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/161/ple_n09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/163/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/168/ple_n_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/167/ple_n_12-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/169/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/180/proj_le_ex_14.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/188/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/199/ple_016.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/207/proj_lei_017.2024_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/206/proj_lei_018.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/220/ple_019-2024-ldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/233/proj_lei_ex_020.2024_alt_lei_1679.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/240/ple_021.2024_alt_lei_82.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/243/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_023.2024_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_lei_024.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_ex_025.2024_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/251/proj_lei_ex_026.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_executivo_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/275/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/277/proj_lei_ex_29.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_lei_ex_30.2024_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/283/ple_n_031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/302/proj_032.2024_cria_conselho_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/307/ple_n_033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/126/pl_legislativo_n_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/125/pll_002_-_2024_-_ganho_real_agente_politico.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/127/pl_legislativo_n_03.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/130/pll_004_-_2024_-_subsidio_do_prefeito_e_vice_2025-2028_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/131/pll_005_-_2024_-_subsidio_dos_vereadores_2025-2028_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/134/pll_n_06_____2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_substitutivo_pll_07.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/139/pl_08.2024_divulgacao_site.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/141/pll_n_09.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/152/pll_n_10.2024_-beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/166/pll_011.2024-sem_consc_autismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/175/pll_n_12.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/177/pll_n_13.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/183/pll_n_14_-_utilizacao_dos_ginasios----.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/182/pll_n_15.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/181/plo_16.2024_sem_mutirao_emprego.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/192/proj._lei_leg._17-_24_-__lei_liberdade_religiosa_-_vereador_eliston_-_final_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/194/pll_018.2024_util_publica_abaps.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/198/pll_n_019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/223/pll_n_20__2024_revoga_a_lei_1555.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/225/pll_n_021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/242/projeto_de_lei_legislativo_n_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/250/pll_no_23.2024_consc_e_atend_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/258/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_legislativo_n_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/272/pll_n_026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/289/pll_n_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/295/pll_n_028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/297/pll_029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/301/pl_030.2024_ut_publica_agroligadas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/132/indicacao_n_03___2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_04-_centros_de_pilates.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/133/indicacao_n_05____2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_06_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/144/indicacao_n_07_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_n_08__2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_n_09__2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_n_10__2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/145/ind_no_11.2024_red_veloc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/149/ind._012.2024_const._escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/156/ind_013.2024_reajuste_p_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/154/ind_014.2024-_alter_estatuto_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/158/ind_015.2024_regime_prev_social_rpps.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/159/ind_016.2024-_reajust_diarias_secr_saude.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/160/ind_n_17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/162/ind_018-2024-_reg_carreiras_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/164/ind_019.2024-_const_calc._e_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/165/ind_20.2024-programa_observatorio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/172/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/171/indicacao_n_22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/173/indicacao_n_23.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/174/ind_024.2024-_const_quebra_-molas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/178/indicacao_mauro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/179/ind_26.2024_internet_aberta_grat.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/184/ind_27.2024-_inst_antenas_starlink.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/190/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/191/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/196/ind_n_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/195/ind_31.2024_central_do_cidadao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/201/ind_033.2024_conv._seciteci.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/202/ind_n_34.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/200/ind_035.2024_cod_qr_code.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_n_36.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/205/ind_n_37_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/210/ind_n_38.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/213/indicacao_n_39.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/212/ind_040.2024_convenio_hosp_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/221/ind_n_41.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/222/ind_42.2024_horta_e_pomar_comunit.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/224/ind_43.2024-_ref_parque.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/229/ind_44.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/248/ind_45.2024_criacao_sala_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/238/ind_46.2024_alter_calendario_escolar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_no_047_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/254/ind_n_48.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_n_49.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/259/ind_050.2024_implantacao_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/262/ind_51.2024_aquisicao_veiculo_p_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/271/ind_n_52_-_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/273/ind_53.2024_cobert_vala_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/274/ind_54.2024_const_estacio.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/280/ind_55.2024_implant_mini_playground.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/282/ind_56.2024_faixas_elevad.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_n_57.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/290/ind_58.2024-_placares_ele.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/293/ind_n_059.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/299/ind_60.2024_bolsa.auxili_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/300/ind_061.2024_atend_24_hrs.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/193/mocao_n_01.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/211/mocao_n_02.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/215/mocao_n_03_basquete.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/214/mocao_n_04.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_n_05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/217/mocao_n_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/218/mocao_n_07.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/226/mocao_08.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/227/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/228/mocao_n_10.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/235/mocao_n_11.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/234/mocao_n_12.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/257/mocao_n_13.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/263/mocao_n_14_pedro_henrique_dal_maso.docx.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_n_15_maria_eduarda_e_mariah_ribeiro.docx.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/265/mocao_n_16_adrieni_e_tayssa.docx.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_n_17_pedro_henrique_farias.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/267/mocao_n_18_arthur_gabriel_pinheiro_de_paula.docx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/268/mocao_n_19_emily_marcelino_de_lara.docx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/269/mocao_n_20_anna_julia_marcelino_de_lara.docx.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_n_21_yan_gabriel_silva_oliveira.docx.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/278/mocao_n_22_futsal_sub-15.docx.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/279/mocao_n_23_natacao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/284/mocao_n_24.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_aplauso_alessanco.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/291/mocao_n_26_-_nagila_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/298/mocao_n_27_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_n_01.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/185/req_02.2024_doc_sobre_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_n_03.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_04-2024-eliston-contrato_combustivel.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/209/n_05_requerimento.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_06.2024_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/219/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/230/proj_resol_02.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/241/projeto_de_resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/286/proj_resol_05.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/306/projeto_de_resolucao_07-2024_-_com._representativa._dez._2024-jan._2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/303/projeto_de_decreto_legislativo_n_07.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/150/projeto_lei_comp_01.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/239/plc_n_02.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/237/plc_02.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/236/plc_n_03.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_complementar_legislacao_ao_ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/170/parecer_legislacao_ple_06_2024_-_com_emenda_pl_47.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/246/parecer_legislacao_ple_20_2024_-_altera_lei_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/260/parecer_legislacao_plce_02_2024_-_parque_do_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/261/parecer_de_obras_plce_no_02.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/308/parecer_legislacao_ple_33_2024_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/121/mensagem_de_veto_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/208/razoes_veto_015.2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/288/razoes_veto_parcialmente_pll_024.2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_previo_no_75-2024-_contas_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/294/denuncia_-_valcir_casagrande_-_sapezal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_cpi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/123/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/129/pl_executivo_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/128/pl_executivo_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/142/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/146/pl_05-2024-altera_leis_1.523_e_1.648.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_lei_06.2024_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_lei_07.2024_alt_lei_n_1.499.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/157/ple_n_08_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/161/ple_n09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/163/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/168/ple_n_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/167/ple_n_12-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/169/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/180/proj_le_ex_14.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/188/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/199/ple_016.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/207/proj_lei_017.2024_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/206/proj_lei_018.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/220/ple_019-2024-ldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/233/proj_lei_ex_020.2024_alt_lei_1679.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/240/ple_021.2024_alt_lei_82.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/243/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/244/projeto_de_lei_023.2024_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_lei_024.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_ex_025.2024_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/251/proj_lei_ex_026.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_executivo_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/275/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/277/proj_lei_ex_29.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_lei_ex_30.2024_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/283/ple_n_031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/302/proj_032.2024_cria_conselho_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/307/ple_n_033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/126/pl_legislativo_n_01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/125/pll_002_-_2024_-_ganho_real_agente_politico.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/127/pl_legislativo_n_03.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/130/pll_004_-_2024_-_subsidio_do_prefeito_e_vice_2025-2028_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/131/pll_005_-_2024_-_subsidio_dos_vereadores_2025-2028_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/134/pll_n_06_____2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_substitutivo_pll_07.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/139/pl_08.2024_divulgacao_site.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/141/pll_n_09.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/152/pll_n_10.2024_-beach_tenis.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/166/pll_011.2024-sem_consc_autismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/175/pll_n_12.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/177/pll_n_13.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/183/pll_n_14_-_utilizacao_dos_ginasios----.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/182/pll_n_15.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/181/plo_16.2024_sem_mutirao_emprego.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/192/proj._lei_leg._17-_24_-__lei_liberdade_religiosa_-_vereador_eliston_-_final_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/194/pll_018.2024_util_publica_abaps.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/198/pll_n_019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/223/pll_n_20__2024_revoga_a_lei_1555.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/225/pll_n_021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/242/projeto_de_lei_legislativo_n_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/250/pll_no_23.2024_consc_e_atend_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/258/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_lei_legislativo_n_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/272/pll_n_026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/289/pll_n_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/295/pll_n_028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/297/pll_029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/301/pl_030.2024_ut_publica_agroligadas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/132/indicacao_n_03___2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_04-_centros_de_pilates.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/133/indicacao_n_05____2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_06_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/144/indicacao_n_07_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_n_08__2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_n_09__2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_n_10__2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/145/ind_no_11.2024_red_veloc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/149/ind._012.2024_const._escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/156/ind_013.2024_reajuste_p_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/154/ind_014.2024-_alter_estatuto_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/158/ind_015.2024_regime_prev_social_rpps.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/159/ind_016.2024-_reajust_diarias_secr_saude.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/160/ind_n_17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/162/ind_018-2024-_reg_carreiras_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/164/ind_019.2024-_const_calc._e_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/165/ind_20.2024-programa_observatorio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/172/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/171/indicacao_n_22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/173/indicacao_n_23.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/174/ind_024.2024-_const_quebra_-molas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/178/indicacao_mauro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/179/ind_26.2024_internet_aberta_grat.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/184/ind_27.2024-_inst_antenas_starlink.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/190/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/191/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/196/ind_n_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/195/ind_31.2024_central_do_cidadao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/201/ind_033.2024_conv._seciteci.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/202/ind_n_34.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/200/ind_035.2024_cod_qr_code.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_n_36.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/205/ind_n_37_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/210/ind_n_38.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/213/indicacao_n_39.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/212/ind_040.2024_convenio_hosp_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/221/ind_n_41.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/222/ind_42.2024_horta_e_pomar_comunit.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/224/ind_43.2024-_ref_parque.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/229/ind_44.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/248/ind_45.2024_criacao_sala_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/238/ind_46.2024_alter_calendario_escolar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/253/indicacao_no_047_20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/254/ind_n_48.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_n_49.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/259/ind_050.2024_implantacao_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/262/ind_51.2024_aquisicao_veiculo_p_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/271/ind_n_52_-_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/273/ind_53.2024_cobert_vala_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/274/ind_54.2024_const_estacio.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/280/ind_55.2024_implant_mini_playground.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/282/ind_56.2024_faixas_elevad.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/285/indicacao_n_57.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/290/ind_58.2024-_placares_ele.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/293/ind_n_059.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/299/ind_60.2024_bolsa.auxili_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/300/ind_061.2024_atend_24_hrs.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/193/mocao_n_01.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/211/mocao_n_02.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/215/mocao_n_03_basquete.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/214/mocao_n_04.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_n_05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/217/mocao_n_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/218/mocao_n_07.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/226/mocao_08.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/227/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/228/mocao_n_10.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/235/mocao_n_11.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/234/mocao_n_12.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/257/mocao_n_13.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/263/mocao_n_14_pedro_henrique_dal_maso.docx.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/264/mocao_n_15_maria_eduarda_e_mariah_ribeiro.docx.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/265/mocao_n_16_adrieni_e_tayssa.docx.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_n_17_pedro_henrique_farias.docx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/267/mocao_n_18_arthur_gabriel_pinheiro_de_paula.docx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/268/mocao_n_19_emily_marcelino_de_lara.docx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/269/mocao_n_20_anna_julia_marcelino_de_lara.docx.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_n_21_yan_gabriel_silva_oliveira.docx.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/278/mocao_n_22_futsal_sub-15.docx.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/279/mocao_n_23_natacao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/284/mocao_n_24.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/292/mocao_aplauso_alessanco.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/291/mocao_n_26_-_nagila_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/298/mocao_n_27_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_n_01.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/185/req_02.2024_doc_sobre_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_n_03.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_04-2024-eliston-contrato_combustivel.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/209/n_05_requerimento.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_06.2024_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/219/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/230/proj_resol_02.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/241/projeto_de_resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/286/proj_resol_05.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/306/projeto_de_resolucao_07-2024_-_com._representativa._dez._2024-jan._2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/303/projeto_de_decreto_legislativo_n_07.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/150/projeto_lei_comp_01.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/239/plc_n_02.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/237/plc_02.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/236/plc_n_03.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_complementar_legislacao_ao_ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/170/parecer_legislacao_ple_06_2024_-_com_emenda_pl_47.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/246/parecer_legislacao_ple_20_2024_-_altera_lei_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/260/parecer_legislacao_plce_02_2024_-_parque_do_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/261/parecer_de_obras_plce_no_02.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/308/parecer_legislacao_ple_33_2024_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/121/mensagem_de_veto_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/208/razoes_veto_015.2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/288/razoes_veto_parcialmente_pll_024.2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_previo_no_75-2024-_contas_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/294/denuncia_-_valcir_casagrande_-_sapezal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_cpi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="157.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>