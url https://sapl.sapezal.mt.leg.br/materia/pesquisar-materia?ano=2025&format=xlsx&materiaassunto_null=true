--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2344" uniqueCount="1111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2416" uniqueCount="1140">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -631,50 +631,74 @@
     <t>DENOMINA A RODOVIA MUNICIPAL SZL 09</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço de proteção social especial de alta complexidade na modalidade família acolhedora e apadrinhamento para adultos com deficiência, pessoas idosas, crianças e adolescentes no município de Sapezal e dá outras providências</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS N° 1.052, 1.053 E 1.054 DE 20 DE MARIO DE 2013</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A CELEBRAÇÃO DE ACORDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROMOVE ALTERAÇÕES NA LEI MUNICIPAL N° 1.890/2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>PLOPL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Prof. Marcio Bonifacio</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Sapezalense e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Ailton Primitivo, André Pozzobom, Barbara Sachetti, Eliston do Papagaio, Helenildo dos Reis Pereira, Joilson Enfermeiro, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
@@ -1024,50 +1048,71 @@
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Sapezal a “Semana Municipal de Conscientização sobre a Endometriose” e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf</t>
   </si>
   <si>
     <t>Concede ao cidadão Adelar Afonso Schneider o Título de Cidadão Honorário do Município de Sapezal (MT), e dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 1.69812023 - PLANO DE CARGOS, CARREIRAS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO _x000D_
 DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Centro de Estudos e Capacitação Legislativa da Câmara Municipal de Sapezal – ELESAPE, estabelece suas finalidades e estrutura, e dispõe sobre a docência e a interoperabilidade institucional.</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>Antônio Rodrigues, Ailton Primitivo, Joilson Enfermeiro, Juliano Delmondes, Prof. Marcio Bonifacio</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 1.698/2023 - PLANO E CARGOS, CARREIRAS E SALÁRIOS DOS SERVIDORES DA CÃMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>309</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Juliano Delmondes</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de políticas públicas de doação de terrenos para a construção de habitações populares.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal a readequação dos horários de funcionamento dos Ecopontos no município.</t>
@@ -1528,63 +1573,57 @@
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que disponibilize material didático aos alunos autistas ou portadores de doenças ocultas matriculados na rede pública de ensino nesta cidade.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf</t>
   </si>
   <si>
     <t>A viabilização da implantação da rede baixa para instalação de postes de iluminação pública na Avenida Victalino Antenore Giongo, que liga os bairros Água Clara e Papagaio.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf</t>
   </si>
   <si>
     <t>ARTICULAÇÃO JUNTO AO GOVERNO DO ESTADO DE MATO GROSSO, com o objetivo de IMPLANTAR UMA UNIDADE LOCAL DA EMPAER neste município.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que implante mecanismos de acesso à internet Wi-Fi livre e gratuito, denominados  Praças Virtuais", nas praças públicas do município de Sapezal -MT.</t>
   </si>
   <si>
     <t>387</t>
-  </si>
-[...1 lines deleted...]
-    <t>51</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA FAIXA ELEVADA, na avenida Henrique  Schneider, nas proximidades da Creche Terezinha Marques, entre os bairros jardim floresta e jardim sapezal, neste município.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja realizada a abertura de um túnel ou a construção de uma rampa de acesso, para que a ambulância possa descer até a Quadra do Ginásio Elenor Dal Maso, a fim de facilitar o socorro aos atletas.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>53</t>
   </si>
@@ -2912,50 +2951,75 @@
   <si>
     <t>517</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf</t>
   </si>
   <si>
     <t>REQUERIDO à Secretária Municipal de Educação e Cultura para que compareça ao Plenário da Câmara Municipal a fim de prestar esclarecimentos relativos à situação das TDI’s (Técnicas em Desenvolvimento Infantil) do Município e demais assuntos correlacionados à função das mencionadas servidoras municipais.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf</t>
   </si>
   <si>
     <t>Frota de veículos da Secretaria Municipal de Obras, referente ao período de 02 a 05 de junho de 2025, durante a Semana do Meio Ambiente, bem como demais informações correlatas.</t>
   </si>
   <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de esclarecimentos à Secretária Municipal de Educação e Cultura relativos aos gastos realizados pela Secretaria, no que se refere aos valores relacionados ao superávit e sua execução/aplicação no decorrer do ano de 2025.</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>DEC</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf</t>
+  </si>
+  <si>
+    <t>DELIBERA PELA MANUTENÇÃO DO PARECER PRÉVIO N° 9/2025 DE 23 DE SETEMBRO DE 2025 DO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DE _x000D_
+MATO GROSSO.</t>
+  </si>
+  <si>
     <t>322</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Prof. Marcio Bonifacio</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO; DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
@@ -2996,50 +3060,59 @@
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio, Prof. Marcio Bonifacio</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROJETO “CÂMARA SOLIDÁRIA”, PERMITINDO A DIVULGAÇÃO DE CAMPANHAS SOLIDÁRIAS NAS ÁREAS EDUCACIONAIS, ASSISTENCIAIS E DE SAÚDE, BEM COMO OUTROS TEMAS RELEVANTES À SOCIEDADE SAPEZALENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, bem como sobre as diretrizes para elaboração, coordenação e monitoramento do planejamento estratégico da Câmara Municipal de Sapezal.</t>
   </si>
   <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI COMISSÃO REPRESENTATIVA DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O PERÍODO DE RECESSO PARLAMENTAR DE 23 DE DEZEMBRO DE 2025 A 31 DE JANEIRO DE 2026.</t>
+  </si>
+  <si>
     <t>425</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Adimplemento de Multas Oriundas da Violação da Legislação de Parcelamento do Solo Mediante a Dação em Pagamento de Bens Imóveis ou Execução de Obras Públicas, no Município de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo de imóveis rurais para fins urbanos na modalidade de chácaras de recreio, na forma de condomínios de lotes e loteamento loteamentos, regulamentando a criação, implantação, regularização e manutenção de zonas de urbanização específica para chácaras de recreio (ZUECR) no município de Sapezal e da outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf</t>
@@ -3246,50 +3319,65 @@
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação do Parecer Prévio do Egrégio Tribunal de Contas do Estado de Mato Grosso, referente às contas da Prefeitura Municipal de Sapezal, exercício de 2024 — Processo n° 184.990-5/2024</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>CLR - Legislação, Justiça e Redação Final, COS - Obras, Serv. Públicos, Agroindústria , Com. e Tur.</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_de_legislacao_e_obras.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do Art. 54-A da Lei complementar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no município de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO REFERENTE AO PLE Nº 041/2025, ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIÍO DE SAPEZAL/MT, PARA O EXERCICIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a apreciação do Parecer Prévio do Egrégio Tribunal de Contas do Estado de Mato Grosso, referente às contas da Prefeitura Municipal de Sapezal, exercício de 2024 - Processo n° 184.990-5/2024</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf</t>
   </si>
   <si>
     <t>veto PARCIAL do Projeto de Lei Executivo n° 008/2025 (Autógrafo n° 037/2025)</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf</t>
   </si>
   <si>
     <t>Veto ao autográfo n° 53/2025</t>
   </si>
@@ -3695,56 +3783,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plcomplementar_-_executivo_-_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_de_legislacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plcomplementar_-_executivo_-_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_de_legislacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H293"/>
+  <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="205.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -5024,6358 +5112,6592 @@
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>205</v>
       </c>
       <c r="H50" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>207</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>208</v>
       </c>
       <c r="D51" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>212</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B52" t="s">
-[...11 lines deleted...]
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>216</v>
+      </c>
+      <c r="E53" t="s">
         <v>217</v>
-      </c>
-[...10 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F53" t="s">
         <v>218</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H53" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>221</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D54" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E54" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F54" t="s">
         <v>222</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H54" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>225</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E55" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H55" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D56" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E56" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F56" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H56" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D57" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E57" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F57" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H57" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E58" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F58" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D59" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E59" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H59" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E60" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F60" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>244</v>
       </c>
       <c r="H60" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>246</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D61" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E61" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F61" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H61" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D62" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E62" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F62" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D63" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E63" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F63" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H63" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D64" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E64" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F64" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H64" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D65" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E65" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F65" t="s">
+        <v>251</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H65" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E66" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F66" t="s">
         <v>264</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>265</v>
       </c>
       <c r="H66" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>267</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E67" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F67" t="s">
         <v>268</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H67" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D68" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E68" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F68" t="s">
         <v>272</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>273</v>
       </c>
       <c r="H68" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="D69" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E69" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F69" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H69" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E70" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F70" t="s">
-        <v>243</v>
+        <v>280</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H70" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D71" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E71" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F71" t="s">
-        <v>282</v>
+        <v>226</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H71" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D72" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E72" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F72" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H72" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D73" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E73" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F73" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H73" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E74" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F74" t="s">
-        <v>292</v>
+        <v>268</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D75" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E75" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F75" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H75" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D76" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E76" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D77" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E77" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F77" t="s">
-        <v>303</v>
+        <v>280</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>304</v>
       </c>
       <c r="H77" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>306</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D78" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E78" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F78" t="s">
-        <v>243</v>
+        <v>307</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H78" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="D79" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E79" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F79" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H79" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D80" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E80" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F80" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H80" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D81" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E81" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F81" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H81" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D82" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E82" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F82" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H82" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D83" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E83" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F83" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H83" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D84" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E84" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F84" t="s">
-        <v>328</v>
+        <v>268</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H84" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>331</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D85" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E85" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F85" t="s">
-        <v>222</v>
+        <v>332</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H85" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="D86" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E86" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F86" t="s">
-        <v>239</v>
+        <v>336</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H86" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
       <c r="D87" t="s">
-        <v>338</v>
+        <v>216</v>
       </c>
       <c r="E87" t="s">
-        <v>339</v>
+        <v>217</v>
       </c>
       <c r="F87" t="s">
+        <v>230</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>342</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>153</v>
+      </c>
+      <c r="D88" t="s">
+        <v>216</v>
+      </c>
+      <c r="E88" t="s">
+        <v>217</v>
+      </c>
+      <c r="F88" t="s">
+        <v>247</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="B88" t="s">
-[...14 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>345</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>157</v>
+      </c>
+      <c r="D89" t="s">
+        <v>216</v>
+      </c>
+      <c r="E89" t="s">
+        <v>217</v>
+      </c>
+      <c r="F89" t="s">
+        <v>247</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B89" t="s">
-[...14 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>348</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>161</v>
+      </c>
+      <c r="D90" t="s">
+        <v>216</v>
+      </c>
+      <c r="E90" t="s">
+        <v>217</v>
+      </c>
+      <c r="F90" t="s">
         <v>349</v>
-      </c>
-[...13 lines deleted...]
-        <v>260</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H90" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>352</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E91" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F91" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H91" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E92" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F92" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H92" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D93" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E93" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F93" t="s">
-        <v>360</v>
+        <v>318</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H93" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D94" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E94" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F94" t="s">
-        <v>353</v>
+        <v>268</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H94" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D95" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E95" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F95" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H95" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D96" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E96" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F96" t="s">
-        <v>371</v>
+        <v>230</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H96" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>374</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D97" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E97" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F97" t="s">
-        <v>218</v>
+        <v>375</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H97" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D98" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E98" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F98" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>379</v>
       </c>
       <c r="H98" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>381</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D99" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E99" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F99" t="s">
-        <v>292</v>
+        <v>382</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H99" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D100" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E100" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F100" t="s">
-        <v>282</v>
+        <v>386</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H100" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="D101" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E101" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F101" t="s">
-        <v>388</v>
+        <v>226</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H101" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="D102" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E102" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F102" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H102" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="D103" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E103" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F103" t="s">
-        <v>396</v>
+        <v>300</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H103" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>399</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D104" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E104" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F104" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>400</v>
       </c>
       <c r="H104" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>402</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D105" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E105" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F105" t="s">
-        <v>260</v>
+        <v>403</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H105" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D106" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E106" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F106" t="s">
-        <v>282</v>
+        <v>407</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H106" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="D107" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E107" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F107" t="s">
-        <v>310</v>
+        <v>411</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H107" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="D108" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E108" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F108" t="s">
-        <v>412</v>
+        <v>290</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H108" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="D109" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E109" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F109" t="s">
-        <v>416</v>
+        <v>268</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H109" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="D110" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E110" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F110" t="s">
-        <v>420</v>
+        <v>290</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H110" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>423</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="D111" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E111" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F111" t="s">
-        <v>272</v>
+        <v>318</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H111" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>426</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D112" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E112" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F112" t="s">
         <v>427</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H112" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>430</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="D113" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E113" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F113" t="s">
-        <v>272</v>
+        <v>431</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H113" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="D114" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E114" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F114" t="s">
-        <v>243</v>
+        <v>435</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H114" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="D115" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E115" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F115" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H115" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="D116" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E116" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F116" t="s">
-        <v>260</v>
+        <v>442</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="H116" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="D117" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E117" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F117" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H117" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="D118" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E118" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F118" t="s">
-        <v>222</v>
+        <v>251</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="H118" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D119" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E119" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F119" t="s">
-        <v>449</v>
+        <v>268</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="H119" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="D120" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E120" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F120" t="s">
-        <v>299</v>
+        <v>268</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H120" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="D121" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E121" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F121" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H121" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="D122" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E122" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F122" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="H122" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="D123" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E123" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F123" t="s">
-        <v>218</v>
+        <v>464</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="H123" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="D124" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E124" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F124" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="H124" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="D125" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E125" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F125" t="s">
-        <v>468</v>
+        <v>272</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H125" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="D126" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E126" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F126" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H126" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="D127" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E127" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F127" t="s">
-        <v>292</v>
+        <v>226</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H127" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="D128" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E128" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F128" t="s">
-        <v>478</v>
+        <v>300</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H128" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="D129" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E129" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F129" t="s">
-        <v>310</v>
+        <v>483</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H129" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="D130" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E130" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F130" t="s">
-        <v>360</v>
+        <v>268</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="H130" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="D131" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E131" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F131" t="s">
-        <v>388</v>
+        <v>300</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H131" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="D132" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E132" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F132" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="H132" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="D133" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E133" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F133" t="s">
-        <v>495</v>
+        <v>318</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H133" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="D134" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E134" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F134" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H134" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="D135" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E135" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F135" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H135" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>505</v>
+        <v>192</v>
       </c>
       <c r="D136" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E136" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F136" t="s">
-        <v>260</v>
+        <v>506</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H136" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>509</v>
+        <v>196</v>
       </c>
       <c r="D137" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E137" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F137" t="s">
-        <v>282</v>
+        <v>510</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H137" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>513</v>
+        <v>200</v>
       </c>
       <c r="D138" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E138" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F138" t="s">
-        <v>272</v>
+        <v>307</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>514</v>
       </c>
       <c r="H138" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>516</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
+        <v>204</v>
+      </c>
+      <c r="D139" t="s">
+        <v>353</v>
+      </c>
+      <c r="E139" t="s">
+        <v>354</v>
+      </c>
+      <c r="F139" t="s">
+        <v>403</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D139" t="s">
-[...8 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>519</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>208</v>
+      </c>
+      <c r="D140" t="s">
+        <v>353</v>
+      </c>
+      <c r="E140" t="s">
+        <v>354</v>
+      </c>
+      <c r="F140" t="s">
+        <v>268</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="H140" t="s">
         <v>521</v>
-      </c>
-[...13 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>522</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>212</v>
+      </c>
+      <c r="D141" t="s">
+        <v>353</v>
+      </c>
+      <c r="E141" t="s">
+        <v>354</v>
+      </c>
+      <c r="F141" t="s">
+        <v>290</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H141" t="s">
         <v>524</v>
-      </c>
-[...19 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>525</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>526</v>
+      </c>
+      <c r="D142" t="s">
+        <v>353</v>
+      </c>
+      <c r="E142" t="s">
+        <v>354</v>
+      </c>
+      <c r="F142" t="s">
+        <v>280</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H142" t="s">
         <v>528</v>
-      </c>
-[...19 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>529</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>530</v>
+      </c>
+      <c r="D143" t="s">
+        <v>353</v>
+      </c>
+      <c r="E143" t="s">
+        <v>354</v>
+      </c>
+      <c r="F143" t="s">
+        <v>280</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H143" t="s">
         <v>532</v>
-      </c>
-[...19 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D144" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E144" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F144" t="s">
-        <v>360</v>
+        <v>307</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="H144" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="D145" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E145" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F145" t="s">
-        <v>360</v>
+        <v>268</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="H145" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="D146" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E146" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F146" t="s">
-        <v>360</v>
+        <v>483</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="H146" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>545</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>546</v>
+      </c>
+      <c r="D147" t="s">
+        <v>353</v>
+      </c>
+      <c r="E147" t="s">
+        <v>354</v>
+      </c>
+      <c r="F147" t="s">
+        <v>547</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H147" t="s">
         <v>549</v>
-      </c>
-[...19 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>550</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>551</v>
+      </c>
+      <c r="D148" t="s">
+        <v>353</v>
+      </c>
+      <c r="E148" t="s">
+        <v>354</v>
+      </c>
+      <c r="F148" t="s">
+        <v>375</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H148" t="s">
         <v>553</v>
-      </c>
-[...19 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D149" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E149" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F149" t="s">
-        <v>243</v>
+        <v>375</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="H149" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D150" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E150" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F150" t="s">
-        <v>260</v>
+        <v>375</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="H150" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="D151" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E151" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F151" t="s">
-        <v>568</v>
+        <v>280</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="H151" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="D152" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E152" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F152" t="s">
-        <v>222</v>
+        <v>568</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="H152" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="D153" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E153" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F153" t="s">
-        <v>360</v>
+        <v>251</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="H153" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="D154" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E154" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F154" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="H154" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>579</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>580</v>
+      </c>
+      <c r="D155" t="s">
+        <v>353</v>
+      </c>
+      <c r="E155" t="s">
+        <v>354</v>
+      </c>
+      <c r="F155" t="s">
+        <v>581</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H155" t="s">
         <v>583</v>
-      </c>
-[...19 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D156" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E156" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F156" t="s">
-        <v>360</v>
+        <v>230</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="H156" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="D157" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E157" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F157" t="s">
-        <v>250</v>
+        <v>375</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="H157" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D158" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E158" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F158" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="H158" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>596</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>597</v>
+      </c>
+      <c r="D159" t="s">
+        <v>353</v>
+      </c>
+      <c r="E159" t="s">
+        <v>354</v>
+      </c>
+      <c r="F159" t="s">
+        <v>598</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H159" t="s">
         <v>600</v>
-      </c>
-[...19 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>601</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>602</v>
+      </c>
+      <c r="D160" t="s">
+        <v>353</v>
+      </c>
+      <c r="E160" t="s">
+        <v>354</v>
+      </c>
+      <c r="F160" t="s">
+        <v>375</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H160" t="s">
         <v>604</v>
-      </c>
-[...19 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>605</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>606</v>
+      </c>
+      <c r="D161" t="s">
+        <v>353</v>
+      </c>
+      <c r="E161" t="s">
+        <v>354</v>
+      </c>
+      <c r="F161" t="s">
+        <v>258</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H161" t="s">
         <v>608</v>
-      </c>
-[...19 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>609</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>610</v>
+      </c>
+      <c r="D162" t="s">
+        <v>353</v>
+      </c>
+      <c r="E162" t="s">
+        <v>354</v>
+      </c>
+      <c r="F162" t="s">
+        <v>290</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H162" t="s">
         <v>612</v>
-      </c>
-[...19 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>613</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>614</v>
+      </c>
+      <c r="D163" t="s">
+        <v>353</v>
+      </c>
+      <c r="E163" t="s">
+        <v>354</v>
+      </c>
+      <c r="F163" t="s">
+        <v>268</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H163" t="s">
         <v>616</v>
-      </c>
-[...19 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>617</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>618</v>
+      </c>
+      <c r="D164" t="s">
+        <v>353</v>
+      </c>
+      <c r="E164" t="s">
+        <v>354</v>
+      </c>
+      <c r="F164" t="s">
+        <v>280</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H164" t="s">
         <v>620</v>
-      </c>
-[...19 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>621</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>622</v>
+      </c>
+      <c r="D165" t="s">
+        <v>353</v>
+      </c>
+      <c r="E165" t="s">
+        <v>354</v>
+      </c>
+      <c r="F165" t="s">
+        <v>272</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H165" t="s">
         <v>624</v>
-      </c>
-[...19 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D166" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E166" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F166" t="s">
-        <v>388</v>
+        <v>280</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="H166" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="D167" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E167" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F167" t="s">
-        <v>272</v>
+        <v>382</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="H167" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="D168" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E168" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F168" t="s">
-        <v>272</v>
+        <v>382</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="H168" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>637</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>638</v>
+      </c>
+      <c r="D169" t="s">
+        <v>353</v>
+      </c>
+      <c r="E169" t="s">
+        <v>354</v>
+      </c>
+      <c r="F169" t="s">
+        <v>639</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H169" t="s">
         <v>641</v>
-      </c>
-[...19 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>642</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>643</v>
+      </c>
+      <c r="D170" t="s">
+        <v>353</v>
+      </c>
+      <c r="E170" t="s">
+        <v>354</v>
+      </c>
+      <c r="F170" t="s">
+        <v>403</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H170" t="s">
         <v>645</v>
-      </c>
-[...19 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>646</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>647</v>
+      </c>
+      <c r="D171" t="s">
+        <v>353</v>
+      </c>
+      <c r="E171" t="s">
+        <v>354</v>
+      </c>
+      <c r="F171" t="s">
+        <v>280</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H171" t="s">
         <v>649</v>
-      </c>
-[...19 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>650</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>651</v>
+      </c>
+      <c r="D172" t="s">
+        <v>353</v>
+      </c>
+      <c r="E172" t="s">
+        <v>354</v>
+      </c>
+      <c r="F172" t="s">
+        <v>280</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H172" t="s">
         <v>653</v>
-      </c>
-[...19 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>654</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>655</v>
+      </c>
+      <c r="D173" t="s">
+        <v>353</v>
+      </c>
+      <c r="E173" t="s">
+        <v>354</v>
+      </c>
+      <c r="F173" t="s">
+        <v>318</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H173" t="s">
         <v>657</v>
-      </c>
-[...19 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>658</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>659</v>
+      </c>
+      <c r="D174" t="s">
+        <v>353</v>
+      </c>
+      <c r="E174" t="s">
+        <v>354</v>
+      </c>
+      <c r="F174" t="s">
+        <v>368</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H174" t="s">
         <v>661</v>
-      </c>
-[...19 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="D175" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E175" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F175" t="s">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="H175" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="D176" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E176" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F176" t="s">
-        <v>250</v>
+        <v>403</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="H176" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="D177" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E177" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F177" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="H177" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>674</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>675</v>
+      </c>
+      <c r="D178" t="s">
+        <v>353</v>
+      </c>
+      <c r="E178" t="s">
+        <v>354</v>
+      </c>
+      <c r="F178" t="s">
+        <v>676</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H178" t="s">
         <v>678</v>
-      </c>
-[...19 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D179" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E179" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F179" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="H179" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="D180" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E180" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F180" t="s">
-        <v>534</v>
+        <v>258</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="H180" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="D181" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E181" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F181" t="s">
-        <v>360</v>
+        <v>280</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="H181" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>691</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>692</v>
+      </c>
+      <c r="D182" t="s">
+        <v>353</v>
+      </c>
+      <c r="E182" t="s">
+        <v>354</v>
+      </c>
+      <c r="F182" t="s">
+        <v>693</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H182" t="s">
         <v>695</v>
-      </c>
-[...19 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D183" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E183" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F183" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="H183" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D184" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E184" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F184" t="s">
-        <v>706</v>
+        <v>547</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="H184" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="D185" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E185" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F185" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="H185" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="D186" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E186" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F186" t="s">
-        <v>260</v>
+        <v>710</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="H186" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D187" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E187" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F187" t="s">
-        <v>222</v>
+        <v>290</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="H187" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>717</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>718</v>
+      </c>
+      <c r="D188" t="s">
+        <v>353</v>
+      </c>
+      <c r="E188" t="s">
+        <v>354</v>
+      </c>
+      <c r="F188" t="s">
+        <v>719</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H188" t="s">
         <v>721</v>
-      </c>
-[...19 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>722</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>723</v>
+      </c>
+      <c r="D189" t="s">
+        <v>353</v>
+      </c>
+      <c r="E189" t="s">
+        <v>354</v>
+      </c>
+      <c r="F189" t="s">
+        <v>375</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H189" t="s">
         <v>725</v>
-      </c>
-[...19 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>726</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>727</v>
+      </c>
+      <c r="D190" t="s">
+        <v>353</v>
+      </c>
+      <c r="E190" t="s">
+        <v>354</v>
+      </c>
+      <c r="F190" t="s">
+        <v>268</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H190" t="s">
         <v>729</v>
-      </c>
-[...19 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>730</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>731</v>
+      </c>
+      <c r="D191" t="s">
+        <v>353</v>
+      </c>
+      <c r="E191" t="s">
+        <v>354</v>
+      </c>
+      <c r="F191" t="s">
+        <v>230</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H191" t="s">
         <v>733</v>
-      </c>
-[...19 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>734</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>735</v>
+      </c>
+      <c r="D192" t="s">
+        <v>353</v>
+      </c>
+      <c r="E192" t="s">
+        <v>354</v>
+      </c>
+      <c r="F192" t="s">
+        <v>318</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H192" t="s">
         <v>737</v>
-      </c>
-[...19 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>738</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>739</v>
+      </c>
+      <c r="D193" t="s">
+        <v>353</v>
+      </c>
+      <c r="E193" t="s">
+        <v>354</v>
+      </c>
+      <c r="F193" t="s">
+        <v>403</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H193" t="s">
         <v>741</v>
-      </c>
-[...19 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="D194" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E194" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F194" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="H194" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="D195" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E195" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F195" t="s">
-        <v>752</v>
+        <v>318</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="H195" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="D196" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E196" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F196" t="s">
-        <v>757</v>
+        <v>280</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="H196" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="D197" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E197" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F197" t="s">
-        <v>360</v>
+        <v>756</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="H197" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="D198" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E198" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F198" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="H198" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="D199" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E199" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F199" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="H199" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="D200" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E200" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F200" t="s">
-        <v>260</v>
+        <v>770</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="H200" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="D201" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E201" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F201" t="s">
-        <v>264</v>
+        <v>375</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="H201" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="D202" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E202" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F202" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="H202" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>781</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>782</v>
+      </c>
+      <c r="D203" t="s">
+        <v>353</v>
+      </c>
+      <c r="E203" t="s">
+        <v>354</v>
+      </c>
+      <c r="F203" t="s">
+        <v>783</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H203" t="s">
         <v>785</v>
-      </c>
-[...19 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>786</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>787</v>
+      </c>
+      <c r="D204" t="s">
+        <v>353</v>
+      </c>
+      <c r="E204" t="s">
+        <v>354</v>
+      </c>
+      <c r="F204" t="s">
+        <v>268</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H204" t="s">
         <v>789</v>
-      </c>
-[...19 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D205" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E205" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F205" t="s">
-        <v>388</v>
+        <v>272</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="H205" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="D206" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E206" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F206" t="s">
-        <v>260</v>
+        <v>307</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="H206" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="D207" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E207" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F207" t="s">
-        <v>804</v>
+        <v>290</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="H207" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="D208" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E208" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F208" t="s">
-        <v>272</v>
+        <v>804</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="H208" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="D209" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E209" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F209" t="s">
-        <v>360</v>
+        <v>403</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="H209" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D210" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E210" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F210" t="s">
-        <v>310</v>
+        <v>268</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="H210" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>815</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>816</v>
+      </c>
+      <c r="D211" t="s">
+        <v>353</v>
+      </c>
+      <c r="E211" t="s">
+        <v>354</v>
+      </c>
+      <c r="F211" t="s">
+        <v>817</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H211" t="s">
         <v>819</v>
-      </c>
-[...19 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>820</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>821</v>
+      </c>
+      <c r="D212" t="s">
+        <v>353</v>
+      </c>
+      <c r="E212" t="s">
+        <v>354</v>
+      </c>
+      <c r="F212" t="s">
+        <v>280</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H212" t="s">
         <v>823</v>
-      </c>
-[...19 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>824</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>825</v>
+      </c>
+      <c r="D213" t="s">
+        <v>353</v>
+      </c>
+      <c r="E213" t="s">
+        <v>354</v>
+      </c>
+      <c r="F213" t="s">
+        <v>375</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H213" t="s">
         <v>827</v>
-      </c>
-[...19 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>828</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>829</v>
+      </c>
+      <c r="D214" t="s">
+        <v>353</v>
+      </c>
+      <c r="E214" t="s">
+        <v>354</v>
+      </c>
+      <c r="F214" t="s">
+        <v>318</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H214" t="s">
         <v>831</v>
-      </c>
-[...19 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D215" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E215" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F215" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="H215" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="D216" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E216" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F216" t="s">
-        <v>770</v>
+        <v>268</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="H216" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="D217" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E217" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F217" t="s">
-        <v>310</v>
+        <v>268</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="H217" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>844</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>845</v>
+      </c>
+      <c r="D218" t="s">
+        <v>353</v>
+      </c>
+      <c r="E218" t="s">
+        <v>354</v>
+      </c>
+      <c r="F218" t="s">
+        <v>846</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H218" t="s">
         <v>848</v>
-      </c>
-[...19 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>849</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>850</v>
+      </c>
+      <c r="D219" t="s">
+        <v>353</v>
+      </c>
+      <c r="E219" t="s">
+        <v>354</v>
+      </c>
+      <c r="F219" t="s">
+        <v>280</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H219" t="s">
         <v>852</v>
-      </c>
-[...19 lines deleted...]
-        <v>855</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>853</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>854</v>
+      </c>
+      <c r="D220" t="s">
+        <v>353</v>
+      </c>
+      <c r="E220" t="s">
+        <v>354</v>
+      </c>
+      <c r="F220" t="s">
+        <v>783</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H220" t="s">
         <v>856</v>
-      </c>
-[...19 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>857</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>858</v>
+      </c>
+      <c r="D221" t="s">
+        <v>353</v>
+      </c>
+      <c r="E221" t="s">
+        <v>354</v>
+      </c>
+      <c r="F221" t="s">
+        <v>318</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H221" t="s">
         <v>860</v>
-      </c>
-[...19 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>861</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>862</v>
+      </c>
+      <c r="D222" t="s">
+        <v>353</v>
+      </c>
+      <c r="E222" t="s">
+        <v>354</v>
+      </c>
+      <c r="F222" t="s">
+        <v>268</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H222" t="s">
         <v>864</v>
-      </c>
-[...19 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>865</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>866</v>
+      </c>
+      <c r="D223" t="s">
+        <v>353</v>
+      </c>
+      <c r="E223" t="s">
+        <v>354</v>
+      </c>
+      <c r="F223" t="s">
+        <v>307</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H223" t="s">
         <v>868</v>
-      </c>
-[...19 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>869</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>870</v>
+      </c>
+      <c r="D224" t="s">
+        <v>353</v>
+      </c>
+      <c r="E224" t="s">
+        <v>354</v>
+      </c>
+      <c r="F224" t="s">
+        <v>280</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H224" t="s">
         <v>872</v>
-      </c>
-[...19 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>873</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>874</v>
+      </c>
+      <c r="D225" t="s">
+        <v>353</v>
+      </c>
+      <c r="E225" t="s">
+        <v>354</v>
+      </c>
+      <c r="F225" t="s">
+        <v>268</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H225" t="s">
         <v>876</v>
-      </c>
-[...19 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D226" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E226" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F226" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="H226" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="D227" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="E227" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="F227" t="s">
-        <v>222</v>
+        <v>403</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="H227" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>10</v>
+        <v>886</v>
       </c>
       <c r="D228" t="s">
-        <v>890</v>
+        <v>353</v>
       </c>
       <c r="E228" t="s">
-        <v>891</v>
+        <v>354</v>
       </c>
       <c r="F228" t="s">
-        <v>282</v>
+        <v>403</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="H228" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>17</v>
+        <v>890</v>
       </c>
       <c r="D229" t="s">
-        <v>890</v>
+        <v>353</v>
       </c>
       <c r="E229" t="s">
+        <v>354</v>
+      </c>
+      <c r="F229" t="s">
         <v>891</v>
       </c>
-      <c r="F229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G229" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="H229" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>894</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>895</v>
+      </c>
+      <c r="D230" t="s">
+        <v>353</v>
+      </c>
+      <c r="E230" t="s">
+        <v>354</v>
+      </c>
+      <c r="F230" t="s">
+        <v>290</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H230" t="s">
         <v>897</v>
-      </c>
-[...19 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>898</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>899</v>
+      </c>
+      <c r="D231" t="s">
+        <v>353</v>
+      </c>
+      <c r="E231" t="s">
+        <v>354</v>
+      </c>
+      <c r="F231" t="s">
+        <v>230</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B231" t="s">
-[...14 lines deleted...]
-      <c r="G231" s="1" t="s">
+      <c r="H231" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>902</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>10</v>
+      </c>
+      <c r="D232" t="s">
         <v>903</v>
       </c>
-      <c r="B232" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E232" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F232" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="H232" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D233" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E233" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F233" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H233" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D234" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E234" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F234" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H234" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D235" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E235" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F235" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H235" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D236" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E236" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F236" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H236" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D237" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E237" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F237" t="s">
-        <v>272</v>
+        <v>318</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H237" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D238" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E238" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F238" t="s">
-        <v>272</v>
+        <v>318</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H238" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D239" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E239" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F239" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H239" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D240" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E240" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F240" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="H240" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D241" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E241" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F241" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="H241" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="D242" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E242" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F242" t="s">
-        <v>388</v>
+        <v>280</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H242" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="D243" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E243" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F243" t="s">
-        <v>299</v>
+        <v>268</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="H243" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="D244" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E244" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F244" t="s">
-        <v>272</v>
+        <v>307</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="H244" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D245" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E245" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F245" t="s">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H245" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D246" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E246" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F246" t="s">
-        <v>239</v>
+        <v>403</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="H246" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="D247" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E247" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F247" t="s">
-        <v>243</v>
+        <v>307</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="H247" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="D248" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E248" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F248" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="H248" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="D249" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="E249" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="F249" t="s">
-        <v>292</v>
+        <v>268</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H249" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="D250" t="s">
-        <v>958</v>
+        <v>903</v>
       </c>
       <c r="E250" t="s">
+        <v>904</v>
+      </c>
+      <c r="F250" t="s">
+        <v>247</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="F250" t="s">
-[...2 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="H250" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>961</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>89</v>
+      </c>
+      <c r="D251" t="s">
+        <v>903</v>
+      </c>
+      <c r="E251" t="s">
+        <v>904</v>
+      </c>
+      <c r="F251" t="s">
+        <v>251</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="B251" t="s">
-[...14 lines deleted...]
-      <c r="G251" s="1" t="s">
+      <c r="H251" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>964</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>93</v>
+      </c>
+      <c r="D252" t="s">
+        <v>903</v>
+      </c>
+      <c r="E252" t="s">
+        <v>904</v>
+      </c>
+      <c r="F252" t="s">
+        <v>230</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="B252" t="s">
-[...5 lines deleted...]
-      <c r="D252" t="s">
+      <c r="H252" t="s">
         <v>966</v>
-      </c>
-[...10 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="D253" t="s">
-        <v>966</v>
+        <v>903</v>
       </c>
       <c r="E253" t="s">
-        <v>967</v>
+        <v>904</v>
       </c>
       <c r="F253" t="s">
+        <v>300</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="G253" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H253" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>970</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>10</v>
+      </c>
+      <c r="D254" t="s">
+        <v>971</v>
+      </c>
+      <c r="E254" t="s">
+        <v>972</v>
+      </c>
+      <c r="F254" t="s">
+        <v>230</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="H254" t="s">
         <v>974</v>
-      </c>
-[...19 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>975</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>17</v>
+      </c>
+      <c r="D255" t="s">
+        <v>971</v>
+      </c>
+      <c r="E255" t="s">
+        <v>972</v>
+      </c>
+      <c r="F255" t="s">
+        <v>307</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H255" t="s">
         <v>977</v>
-      </c>
-[...19 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>29</v>
       </c>
       <c r="D256" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="E256" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="F256" t="s">
-        <v>214</v>
+        <v>300</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="H256" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>981</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" t="s">
+        <v>982</v>
+      </c>
+      <c r="E257" t="s">
         <v>983</v>
       </c>
-      <c r="B257" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F257" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>984</v>
       </c>
       <c r="H257" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>986</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D258" t="s">
-        <v>966</v>
+        <v>987</v>
       </c>
       <c r="E258" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="F258" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="H258" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D259" t="s">
-        <v>966</v>
+        <v>987</v>
       </c>
       <c r="E259" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="F259" t="s">
-        <v>239</v>
+        <v>989</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="H259" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D260" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="E260" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>989</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>996</v>
       </c>
       <c r="H260" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>998</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D261" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="E261" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>989</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>86</v>
+        <v>999</v>
       </c>
       <c r="H261" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D262" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="E262" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="H262" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D263" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="E263" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H263" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D264" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="E264" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>1008</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="H264" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D265" t="s">
-        <v>1010</v>
+        <v>987</v>
       </c>
       <c r="E265" t="s">
-        <v>1011</v>
+        <v>988</v>
       </c>
       <c r="F265" t="s">
-        <v>303</v>
+        <v>247</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="H265" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>1014</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D266" t="s">
+        <v>987</v>
+      </c>
+      <c r="E266" t="s">
+        <v>988</v>
+      </c>
+      <c r="F266" t="s">
+        <v>989</v>
+      </c>
+      <c r="G266" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="E266" t="s">
+      <c r="H266" t="s">
         <v>1016</v>
-      </c>
-[...7 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>10</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F267" t="s">
+        <v>13</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="B267" t="s">
-[...11 lines deleted...]
-      <c r="F267" t="s">
+      <c r="H267" t="s">
         <v>1021</v>
-      </c>
-[...4 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D268" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E268" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F268" t="s">
-        <v>1025</v>
+        <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1026</v>
+        <v>86</v>
       </c>
       <c r="H268" t="s">
-        <v>1027</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E269" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F269" t="s">
-        <v>1017</v>
+        <v>13</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="H269" t="s">
-        <v>75</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>29</v>
       </c>
       <c r="D270" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E270" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F270" t="s">
-        <v>1017</v>
+        <v>13</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="H270" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>33</v>
       </c>
       <c r="D271" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E271" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F271" t="s">
-        <v>1017</v>
+        <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="H271" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>10</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F272" t="s">
+        <v>311</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="B272" t="s">
-[...14 lines deleted...]
-      <c r="G272" s="1" t="s">
+      <c r="H272" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>10</v>
+      </c>
+      <c r="D273" t="s">
         <v>1039</v>
       </c>
-      <c r="B273" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E273" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F273" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="H273" t="s">
-        <v>999</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D274" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E274" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F274" t="s">
-        <v>1017</v>
+        <v>1045</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="H274" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D275" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E275" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F275" t="s">
-        <v>1021</v>
+        <v>1049</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="H275" t="s">
-        <v>43</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D276" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E276" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F276" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="H276" t="s">
-        <v>1049</v>
+        <v>75</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D277" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E277" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F277" t="s">
-        <v>1017</v>
+        <v>1041</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="H277" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D278" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E278" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F278" t="s">
-        <v>1017</v>
+        <v>1041</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="H278" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D279" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E279" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F279" t="s">
-        <v>1017</v>
+        <v>1041</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>86</v>
+        <v>1061</v>
       </c>
       <c r="H279" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="D280" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E280" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F280" t="s">
-        <v>1021</v>
+        <v>1064</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="H280" t="s">
-        <v>1060</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D281" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E281" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F281" t="s">
-        <v>1017</v>
+        <v>1041</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="H281" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="D282" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E282" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F282" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="H282" t="s">
-        <v>1066</v>
+        <v>43</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="D283" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E283" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F283" t="s">
-        <v>1021</v>
+        <v>1064</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="H283" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="D284" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E284" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F284" t="s">
-        <v>1071</v>
+        <v>1041</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="H284" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="D285" t="s">
-        <v>1015</v>
+        <v>1039</v>
       </c>
       <c r="E285" t="s">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="F285" t="s">
-        <v>1021</v>
+        <v>1041</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="H285" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="D286" t="s">
-        <v>1078</v>
+        <v>1039</v>
       </c>
       <c r="E286" t="s">
-        <v>1079</v>
+        <v>1040</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>1041</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1080</v>
+        <v>86</v>
       </c>
       <c r="H286" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>1082</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="D287" t="s">
-        <v>1078</v>
+        <v>1039</v>
       </c>
       <c r="E287" t="s">
-        <v>1079</v>
+        <v>1040</v>
       </c>
       <c r="F287" t="s">
-        <v>13</v>
+        <v>1045</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="H287" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1085</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D288" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="E288" t="s">
+      <c r="H288" t="s">
         <v>1087</v>
-      </c>
-[...7 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>77</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H289" t="s">
         <v>1090</v>
-      </c>
-[...19 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>81</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H290" t="s">
         <v>1093</v>
-      </c>
-[...19 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="D291" t="s">
-        <v>1100</v>
+        <v>1039</v>
       </c>
       <c r="E291" t="s">
-        <v>1101</v>
+        <v>1040</v>
       </c>
       <c r="F291" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="H291" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D292" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H292" t="s">
         <v>1100</v>
-      </c>
-[...10 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>93</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>97</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H294" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>10</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E295" t="s">
         <v>1108</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="F295" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>17</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F296" t="s">
+        <v>13</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>10</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F297" t="s">
+        <v>230</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>17</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F298" t="s">
+        <v>403</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>45</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>10</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>17</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
         <v>21</v>
       </c>
-      <c r="D293" t="s">
-[...12 lines deleted...]
-        <v>1110</v>
+      <c r="D302" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1139</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11628,50 +11950,59 @@
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
     <hyperlink ref="G281" r:id="rId280"/>
     <hyperlink ref="G282" r:id="rId281"/>
     <hyperlink ref="G283" r:id="rId282"/>
     <hyperlink ref="G284" r:id="rId283"/>
     <hyperlink ref="G285" r:id="rId284"/>
     <hyperlink ref="G286" r:id="rId285"/>
     <hyperlink ref="G287" r:id="rId286"/>
     <hyperlink ref="G288" r:id="rId287"/>
     <hyperlink ref="G289" r:id="rId288"/>
     <hyperlink ref="G290" r:id="rId289"/>
     <hyperlink ref="G291" r:id="rId290"/>
     <hyperlink ref="G292" r:id="rId291"/>
     <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>