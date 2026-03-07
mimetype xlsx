--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -54,3429 +54,3429 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOPE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Cláudio José Scariote</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento e dá outras providências</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS E SUBSÍDIOS NO ANO DE 2025 E GANHO REAL AOS SERVIDORES PÚBLICOS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICIPIO DE SAPEZAL.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.647/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.779/2024 e dá Outras Providencias</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA MUNICIPAL INDIGENA HERHU.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.054/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.414/2018, QUE DISPÕE SOBRE O "PROGRAMA MUNICIPAL DINHEIRO DIRETO NA ESCOLA"</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI AUXÍLIO FINANCEIRO PARA MÃES ATÍPICAS OU RESPONSÁVEIS LEGAIS ATÍPICOS, NO ÂMBITO DO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SAPEZAL A ADERIR AO CONSÓRCIO INTERFEDERATIVO DE COMPRAS PÚBLICAS DO ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf</t>
   </si>
   <si>
     <t>Altera a Lei N° 1.081/2013, que dispõe sobre a política municipal de turismo, institui o Fundo Municipal de Turismo - FUMTUR, cria o conselho gestor e Conselho Municipal de Turismo - COMTUR.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf</t>
   </si>
   <si>
     <t>INSTITUI E CRIA NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA O SISTEMA MUNICIPAL DE BIBLIOTECAS DE SAPEZAL-MT - SMBS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf</t>
   </si>
   <si>
     <t>Altera  a Lei n° 1.660, de 21 de julho de 2022.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf</t>
   </si>
   <si>
     <t>Promove Alterações na Lei Municipal n° 050/1997 e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Sapezal/MT - REFIS SAPEZAL e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.779/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação do Município de Sapezal - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga a vigência do Plano Municipal de Educação-PME, Aprovado por meio da Lei n° 1.204, de 24 de junho de 2015.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf</t>
   </si>
   <si>
     <t>RATIFICA PROTOCOLO DE INTENÇÕES COM A FINALIDADE DE INTEGRAR O MUNICÍPIO DE SAPEZAL/MT AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO MÉDIO NORTE MATO-GROSSENSE.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a incluir Projeto/Atividade, por meio de abertura de crédito adicional especial, para criar o projeto: Implantação de Unidade de Transbordo de resíduos sólidos urbanos, no Plano Plurianual para o Quadriênio 2022/2025, bem como, no anexo de metas e prioridades da LDO 2025 e no quadro de detalhamento das despesas da LOA 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade de Saúde - PSF III.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações nas Leis n° 1.052 e 1.054 de 20 de maio de 2013.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do município de Sapezal/MT para integrar o sistema nacional de segurança alimentar e nutricional, define os parâmetros para elaboração e implementação do plano municipal de segurança alimentar e nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.323/20217 e dá outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivos da Lei n° 1.054 de 20 de maio de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei Municipal n° 1.520, de 11 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos programas de habitação federal Minha Casa Minha Vida e estadual Ser Família Habitação.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso de bem imóvel municipal à Secretaria de Estado de Educação de Mato Grosso, para fins de funcionamento de unidade escolar da rede pública estadual em caráter temporário, e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf</t>
   </si>
   <si>
     <t>Declara área de interesse social, a Agrovila Paulo Umberto Barbosa/Paulo Massagista, localizada no município de Sapezal e dá outras providências.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade de Saúde - PSF II.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf</t>
   </si>
   <si>
     <t>Fica aberto crédito adicional suplementar por meio de transposição, transferência e remanejamentos de recursos orçamentários no orçamento geral do município de Sapezal, Estado de Mato Grosso, no valor de R$ 295.000,00 (Duzentos e noventa e cinco mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei Municipal N° 1.815, de 11 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Sapezal para o período de 2026 a 2029, PPA 2026 - 2029, e dá outras providências.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Diretrizes para elaboração e execução da Lei Orçamentária do Município de Sapezal, Estado do Mato Grosso para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf</t>
   </si>
   <si>
     <t>Promove alterações na lei n° 1.647, de 07 de junho de 2022.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf</t>
   </si>
   <si>
     <t>Denomina o Laboratório Municipal de Sapezal.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÕES NA LEI MUNICIPAL N° 1.035/2013 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da instituição governamental de acolhimento, denominada ''Casa Lar Adolescente Bruno Luiz Vencato'', do município de Sapezal/MT e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf</t>
   </si>
   <si>
     <t>Promove alterações na lei municipal n° 1.827/2025 e dá outras providências</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf</t>
   </si>
   <si>
     <t>ALTERA  A LEI N° 951 DE 23 DE AGOSTO DE 2011, DISPÕE SOBRE A CRIAÇÃO DA GUARDA MUNICIPAL DE SAPEZAL.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de sapezal-mt, para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE SAPEZAL A FIRMAR TERMO DE COOPERAÇÃO COM O MUNICÍPIO DE TANGARÁ DA SERRA/MT, OBJETIVANDO A EXECUÇÃO DE SERVIÇOS DE PATROLAMENTO NA VIA QUE INTERLIGA AS LOCALIDADES DE NOVA ESPERANÇA E PAPAGAIO II, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço Público de Coleta Seletiva e Destinação de Resíduos Domiciliares e Assemelhados no Município de Sapezal e dá outras providências.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf</t>
   </si>
   <si>
     <t>Denomina a Casa da Pessoa Idosa do Município de Sapezal/MT e dá outras providências</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS Nº 1.052 E 1.054 DE 20 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova política municipal de habitação e desenvolvimento urbano de interesse social e dá outras providências</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RODOVIA MUNICIPAL SZL 09</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço de proteção social especial de alta complexidade na modalidade família acolhedora e apadrinhamento para adultos com deficiência, pessoas idosas, crianças e adolescentes no município de Sapezal e dá outras providências</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS N° 1.052, 1.053 E 1.054 DE 20 DE MARIO DE 2013</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE ACORDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÕES NA LEI MUNICIPAL N° 1.890/2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>PLOPL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Sapezalense e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Ailton Primitivo, André Pozzobom, Barbara Sachetti, Eliston do Papagaio, Helenildo dos Reis Pereira, Joilson Enfermeiro, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.596 DE 14 DE JULHO DE 2021 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Antônio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 1817 de 11 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>Ailton Primitivo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÃO NA LEI ORDINÁRIA Nº 1.821/2025, QUE ESTABELECE CRITÉRIOS PARA A CONCESSÃO DE UTILIDADE PÚBLICA MUNICIPAL ÀS ENTIDADES SOCIAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Mães, Pais e Amigos dos Autistas de Sapezal – AMPAAS – e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.698/2023 – PLANO DE CARGOS, CARREIRAS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Eliston do Papagaio, André Pozzobom, Helenildo dos Reis Pereira, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INAUGURAÇÃO E A ENTREGA DE OBRAS PÚBLICAS INCOMPLETAS OU QUE, EMBORA CONCLUÍDAS, NÃO ESTEJAM EM CONDIÇÕES DE ATENDER À POPULAÇÃO DE SAPEZAL (MT).</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CÂMARA MUNICIPAL DE SAPEZAL A CELEBRAR TERMO DE FILIAÇÃO E COOPERAÇÃO TÉCNICA COM A UNIÃO DAS CÂMARAS MUNICIPAIS DE MATO GROSSO – UCMMAT”.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Joilson Enfermeiro, Juliano Delmondes, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AUXÍLIO ALIMENTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE SAPEZAL/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>André Pozzobom</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comercial e Empresarial de Sapezal - ACISA - e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento no âmbito da Câmara Municipal de Vereadores de Sapezal/MT e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf</t>
   </si>
   <si>
     <t>Concede à pessoa homenageada o título de Cidadão Honorário do Município de Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Helenildo dos Reis Pereira, Miguelzinho da Cacoré</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE IDENTIFICAÇÃO E MANUTENÇÃO DOS CABOS DE FIBRA ÓPTICA POR EMPRESAS FORNECEDORAS DE SERVIÇOS DE INTERNET NO MUNICÍPIO DE SAPEZAL - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>Barbara Sachetti</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf</t>
   </si>
   <si>
     <t>Concede às pessoas homenageadas o título de Cidadão Honorário do Município de Sapezal(MT), e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Helenildo dos Reis Pereira, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf</t>
   </si>
   <si>
     <t>Proíbe o uso de recursos públicos para a contratação de artistas ou a realização de shows que promovam ou façam apologia ao crime organizado, tráfico de drogas, uso de entorpecentes e à sexualização inadequada no município de Sapezal e dá outras providencias.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Juliano Delmondes, Ailton Primitivo, Antônio Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Indígena HIMERESE, e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf</t>
   </si>
   <si>
     <t>Institui o ''Dia Municipal dos Legendários'' no âmbito do Município de Sapezal-MT e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf</t>
   </si>
   <si>
     <t>A Utilidade Pública do Sindicato dos Trabalhadores e Trabalhadoras Assalariados Rurais de Sapezal - MT, STTA</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA AVENIDA PÚBLICA SITUADA NO LOTEAMENTO JARDIM ALVORADA – SAPEZAL(MT), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>Helenildo dos Reis Pereira</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÃO NA LEI ORDINÁRIA Nº 1.644/2022, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A DOAÇÃO DE CARGAS DE TERRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf</t>
   </si>
   <si>
     <t>Institui o Título ''Mulher Destaque'' no município de Sapezal, e da outras providências.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública no Município de Sapezal – MT, com o nome do Senhor Simão Irineu Tenroller, e dá outras providências.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA EDUCAÇÃO ESPECIAL, COM A FINALIDADE DE PERMITIR AO ATENDENTE TERAPÊUTICO (AT) O ACOMPANHAMENTO DE ALUNOS AUTISTAS NAS ESCOLAS PÚBLICAS E PRIVADAS, NO MUNICÍPIO DE SAPEZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.790/2024, que dispõe sobre a obrigatoriedade de divulgação da relação de medicamentos disponíveis na rede pública municipal de saúde, e dá outras providências</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf</t>
   </si>
   <si>
     <t>Institui cota mínima de participação ás microempresas (ME), empresas de pequeno porte (EPP), microempreendedor individual (MEI), e Organizações da Sociedade Civil (OCS) do Município de Sapezal/MT em eventos festivos promovidos exclusivamente pela administração pública municipal ou em parceria com a iniciativa privada, e dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Ailton Primitivo, André Pozzobom, Eliston do Papagaio, Helenildo dos Reis Pereira, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf</t>
   </si>
   <si>
     <t>Denomina o auditório da Prefeitura Municipal de Sapezal com o nome de NILTO ALCEU KESSLER e dá outras providências.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública no Município de Sapezal – MT, com o nome Caio Marangoni Navarro, e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de instalação de equipamentos inclusivos em todos os playgrounds e áreas públicas de lazer infantil implantados no Município de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Lar Portal Do Futuro - e dá outras providências</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Barbara Sachetti, Helenildo dos Reis Pereira, Joilson Enfermeiro, Juliano Delmondes, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Sapezal ao Major da Polícia Militar do Estado de Mato Grosso, Gabriel Dijan Schmeing, e dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de bebidas alcóolicas, tabaco e cigarros eletrônicos em comemorações e festividades nas instituições de ensino infantil e fundamental no âmbito do município de Sapezal-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>Eliston do Papagaio, André Pozzobom, Joilson Enfermeiro, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf</t>
   </si>
   <si>
     <t>OBRIGA QUE AS EMPRESAS CONTRATADAS PARA A PRESTAÇÃO DE SERVIÇOS TERCEIRIZADOS NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DESTINEM, NO MINIMO, 8% (OITO POR CENTO) DAS VAGAS PARA MULHERES VITIMAS DE VIOLÊNCIA DOMÉSTICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Joilson Enfermeiro, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Sapezal a “Semana Municipal de Conscientização sobre a Endometriose” e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf</t>
   </si>
   <si>
     <t>Concede ao cidadão Adelar Afonso Schneider o Título de Cidadão Honorário do Município de Sapezal (MT), e dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 1.69812023 - PLANO DE CARGOS, CARREIRAS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO _x000D_
 DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf</t>
   </si>
   <si>
     <t>Cria o Centro de Estudos e Capacitação Legislativa da Câmara Municipal de Sapezal – ELESAPE, estabelece suas finalidades e estrutura, e dispõe sobre a docência e a interoperabilidade institucional.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Ailton Primitivo, Joilson Enfermeiro, Juliano Delmondes, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.698/2023 - PLANO E CARGOS, CARREIRAS E SALÁRIOS DOS SERVIDORES DA CÃMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Juliano Delmondes</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de políticas públicas de doação de terrenos para a construção de habitações populares.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal a readequação dos horários de funcionamento dos Ecopontos no município.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a implementação de cursos preparatórios voltados para o ENEM e vestibulares, com o objetivo de oferecer orientação acadêmica, acesso a professores qualificados e suporte aos estudantes interessados em ingressar no ensino superior.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a implantação de um aeroporto municipal em Sapezal.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Ailton Primitivo, André Pozzobom, Antônio Rodrigues, Barbara Sachetti, Eliston do Papagaio, Helenildo dos Reis Pereira, Joilson Enfermeiro, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a necessidade de promover um aumento real no salário dos servidores públicos do Município de Sapezal – MT.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a substituição da quadra de areia do Bairro Jardim Sapezal por uma quadra/campo de grama sintética.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Juliano Delmondes</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que sejam tomadas as providências necessárias para a viabilização de um centro de vacina, estrategicamente localizado e de fácil acesso à população, destinado exclusivamente à aplicação de vacinas no município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo  Senhor Prefeito Municipal a redução da jornada de trabalho dos Técnicos de Desenvolvimento Infantil ( TDIs ) concursados no município de Sapezal -MT.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo que conceda função gratificada (FG) aos profissionais que atuam exclusivamente com alunos deficientes e/ou neurodivergentes no Centro de Apoio Pedagógico Especializado.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf</t>
   </si>
   <si>
     <t>A revisão e alteração da Lei Municipal n° 1686/2022, que institui o Bônus de Desempenho Educacional - BDE.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a implantação de uma sala de radiologia no Centro de Especialidades do município de Sapezal – MT.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Helenildo dos Reis Pereira, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf</t>
   </si>
   <si>
     <t>ao Chefe do Poder Executivo Municipal a Implantação de uma nova Feira Municipal em nosso município.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo, com cópia ao Senador Wellington Fagundes, a aquisição de maquinários pesados para o município de Sapezal (MT), com objetivo de melhorar a infraestrutura municipal.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf</t>
   </si>
   <si>
     <t>A ampliação do quadro de cargos administrativos da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>Miguelzinho da Cacoré</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf</t>
   </si>
   <si>
     <t>A Perfuração de um poço artesiano profundo de alta vazão e, a instalação de um reservatório com capacidade mínima de 60 mil litros de água na Gleba Cacoré, visando atender às necessidades as famílias que ali residem.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Helenildo dos Reis Pereira, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf</t>
   </si>
   <si>
     <t>A adoção de providências para que seja realizada a sinalização das estradas rurais deste Município.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Joilson Enfermeiro, Ailton Primitivo, André Pozzobom, Antônio Rodrigues, Barbara Sachetti, Eliston do Papagaio, Helenildo dos Reis Pereira, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a extensão da verba indenizatória para desempenho da atividade delegada aos Policiais Civis de Sapezal.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf</t>
   </si>
   <si>
     <t>A instalação de placas de identificação das vias públicas do município de Sapezal, contendo o nome da rua e o respectivo Código de Endereçamento Postal (CEP).</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf</t>
   </si>
   <si>
     <t>A solicitação de limpeza, manutenção e sinalização das pontes e cabeceiras das pontes ao longo das estradas municipais.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf</t>
   </si>
   <si>
     <t>A instalação de bancos nos parquinhos do município.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf</t>
   </si>
   <si>
     <t>A realização de estudos para a implementação de uma forma de compensação aos membros dos Conselhos Municipais de Sapezal.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Barbara Sachetti, André Pozzobom</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo a reforma e ampliação urgente da Capela mortuária municipal.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Juliano Delmondes, Ailton Primitivo, André Pozzobom, Barbara Sachetti, Helenildo dos Reis Pereira</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Chefe do Poder Executivo Municipal que seja realizada a construção das tampas dos bueiros localizados no canteiro central, ao longo da Avenida Engenheiro José da Silva Tiago, bem como a construção das tampas nos demais bueiros das principais avenidas do município.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Joilson Enfermeiro, Barbara Sachetti</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Chefe do Poder Executivo Municipal a criação de uma casa/local exclusivo no município para acolhimento de mulheres vítimas de agressão doméstica.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf</t>
   </si>
   <si>
     <t>A reavaliação do atual sistema de agendamentos das consultas nas unidades de saúde, de modo que os atendimentos sejam realizados sem a obrigatoriedade de prévio agendamento.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio, Joilson Enfermeiro, Prof. Leandro, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf</t>
   </si>
   <si>
     <t>INDICAM que o Excelentíssimo Senhor Prefeito Municipal de Sapezal crie a Gratificação de Médico Regular ou subsidiariamente a criação de uma Verba Indenizatória, em razão da complexidade do cargo.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do poder executivo municipal a implantação de um redutor de velocidade/quebra molas na Rua 7, Bairro Jardim Alvorada, nesta cidade</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de cercar os parquinhos públicos que ainda não possuem essa proteção.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que articule junto à Secretaria de Educação do Estado a concessão de uma Van Pedagógica para atender autistas de suporte nível 3 ou outras deficiências, por meio da Secretaria de Educação.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que oficie ao Secretário Estadual de Educação, Sr. Alan Porto, um pedido de fornecimento de ônibus climatizados para Município de Sapezal (MT) / Secretaria de Educação de Sapezal a fim de atendimento dos alunos no interior do Município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf</t>
   </si>
   <si>
     <t>Que articule junto à Secretaria de Educação do Estado a solicitação de 30 notebooks para ampliação e melhoria do setor de Robótica Educacional do município.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a Criação do Programa ‘’IPTU Premiado’’ no Município.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Prof. Leandro, Ailton Primitivo, André Pozzobom, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf</t>
   </si>
   <si>
     <t>A necessidade de promover alteração na Lei Municipal nº 1.054/2013, com o objetivo de permitir que, das 50% (cinquenta por cento) das horas-atividades dos professores, estas possam ser cumpridas de livre escolha, desde que não haja prejuízo para a qualidade do ensino.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que estabeleça uma forma de desconto do IPTU aos titulares de imóveis que gerem energia solar em suas propriedades.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a cessão de uma servidora pública com habilidades administrativas para atuar na Escola APAE do município de Sapezal.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a destinação de um local para implantação de um monumento para cidade, onde sugerimos que se coloque um objeto que se identificaria com a exploração agrícola (podendo ser máquina agrícola, indicação de cultura explorada, etc..) sendo esta a principal atividade que impulsionou a criação da cidade de Sapezal e o próprio município.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf</t>
   </si>
   <si>
     <t>INDICA para que o Excelentíssimo Senhor Prefeito Municipal de Sapezal a criação do Programa Municipal CNH Social Sapezalense, com o objetivo de fornecer gratuitamente a primeira Carteira Nacional de Habilitação (CNH) para pessoas de baixa renda residentes no município.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que determine a limpeza, tratamento e expurgo das algas existentes na Prainha Municipal.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>Prof. Leandro, André Pozzobom, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf</t>
   </si>
   <si>
     <t>A destinação de um veículo com carroceria para o Departamento de Cultura.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf</t>
   </si>
   <si>
     <t>A instalação de dois bebedouros públicos para pessoas e pets na Avenida Antônio André Maggi.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que determine a construção de uma faixa elevada de pedestres na Avenida do Jaú, em frente ao Sine, nesta cidade.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado a Regulamentação para implantação de uma Praça de Alimentação na Avenida Primavera, em frente à Igreja Santa Luzia.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf</t>
   </si>
   <si>
     <t>indica a criação do Programa Municipal de Doação de Móveis (mesas, cadeiras, etc.) que serão descartados pelo Município, a fim de que possam serem utilizados pelas entidades (igrejas, associações, etc.) pertencentes ao município de Sapezal.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf</t>
   </si>
   <si>
     <t>A contratação de mais um eletricista para a Secretaria de Viação, Obras e Serviços Urbanos, para realização da troca de lâmpadas.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM ABATEDOURO MISTO NA AGROVILA CACORÉ</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>André Pozzobom, Barbara Sachetti</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf</t>
   </si>
   <si>
     <t>A implementação de cestos retentores nos bueiros do nosso município.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Prof. Marcio Bonifacio, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que disponibilize material didático aos alunos autistas ou portadores de doenças ocultas matriculados na rede pública de ensino nesta cidade.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf</t>
   </si>
   <si>
     <t>A viabilização da implantação da rede baixa para instalação de postes de iluminação pública na Avenida Victalino Antenore Giongo, que liga os bairros Água Clara e Papagaio.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf</t>
   </si>
   <si>
     <t>ARTICULAÇÃO JUNTO AO GOVERNO DO ESTADO DE MATO GROSSO, com o objetivo de IMPLANTAR UMA UNIDADE LOCAL DA EMPAER neste município.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que implante mecanismos de acesso à internet Wi-Fi livre e gratuito, denominados  Praças Virtuais", nas praças públicas do município de Sapezal -MT.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA FAIXA ELEVADA, na avenida Henrique  Schneider, nas proximidades da Creche Terezinha Marques, entre os bairros jardim floresta e jardim sapezal, neste município.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja realizada a abertura de um túnel ou a construção de uma rampa de acesso, para que a ambulância possa descer até a Quadra do Ginásio Elenor Dal Maso, a fim de facilitar o socorro aos atletas.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf</t>
   </si>
   <si>
     <t>Solicita, com máxima urgência e atenção, a viabilidade para construção de uma guarita coberta no Lar dos Idosos/ Lar dos Adolescentes, destinada aos profissionais responsáveis pela segurança na entrada do local, neste município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf</t>
   </si>
   <si>
     <t>A instalação de cobertura de ao menos um dos parquinhos públicos no município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que estabeleça um estudo que viabilize a recuperação do local onde se inicia a Estrada SZL 22, em seu entroncamento com a Rodovia MT 388, Alto Sapezal.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf</t>
   </si>
   <si>
     <t>A elaboração de um Plano de Ação para a ampliação da capacidade de drenagem do município.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Barbara Sachetti, Joilson Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf</t>
   </si>
   <si>
     <t>A implantação de um ponto de apoio na Secretaria de Saúde para os munícipes que aguardam atendimento e transporte para outras cidades em razão de tratamentos médicos.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a aquisição de um caminhão-pipa com equipamento de alta pressão para o município de Sapezal – MT.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf</t>
   </si>
   <si>
     <t>A aquisição de um caminhão Cavalo Mecânico para a frota municipal, visando economia aos cofres públicos e maior eficiência nos serviços.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a necessidade de aquisição de mais um caminhão-pipa com equipamento de alta pressão para o município de Sapezal – MT.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal a criação de um programa social denominado “Auxílio Aluguel” com a finalidade de assegurar o direito social à moradia digna por intermédio da transferência direta de renda, para custear a locação de imóveis por tempo determinado, às pessoas e às famílias com vulnerabilidade socioeconômica inscritas no Cadastro Único para Programas Sociais do Governo Federal – CadÚnico.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Eliston do Papagaio, André Pozzobom, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Chefe do Poder Executivo que determine  providências no sentido de urbanizar as Avenidas Primavera, José da Silva Thiago e Lions Internacional.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE (quebra-molas) na Avenida Antônio André Maggi, em frente à empresa Castoldi.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf</t>
   </si>
   <si>
     <t>A implantação de pista de corrida ao redor do Bosque Municipal Raimundo Tivotto Mascarello, bem como a realização da poda de árvores, modernização da iluminação pública, instalação de câmeras de segurança e criação de espaço interno para feiras de ciências e atividades escolares.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Barbara Sachetti, Juliano Delmondes, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Poder Executivo Municipal que realize as seguintes melhorias na Unidade V de Saúde – Marlena Webler:_x000D_
 1.	Manutenção da porta de vidro da entrada principal;_x000D_
 2.	Substituição das cadeiras da recepção;_x000D_
 3.	Instalação de um trocador infantil no banheiro;_x000D_
 4.	Ampliação da cobertura da fachada principal.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo que determine providências no sentido de dar início a uma REGULARIZAÇÃO FUNDIÁRIA Social ou Especial no local denominado “Chácara do Dedé”, situada no final da Avenida Major Amarante, na região Oeste da cidade, próximo à Prainha Municipal.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a substituição das manilhas localizadas nas proximidades da Chácara Santo Antônio, especialmente no cruzamento da Rua Marechal Rondon com a Avenida José da Silva Thiago, perto do antigo Pantaneiros, devido ao transbordamento das águas que atingem a BR-364, escoam para a Prainha Municipal e causam alagamentos também naquela região.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Sapezal que, por intermédio da Secretaria Municipal de Esporte e Lazer, analise a viabilidade de instituir premiação adicional aos primeiros colocados de cada modalidade esportiva da próxima edição da Copa André Maggi — podendo esta ser concedida em forma de valores em dinheiro ou brindes, em complemento aos troféus e medalhas tradicionalmente entregues.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Helenildo dos Reis Pereira, Miguelzinho da Cacoré, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf</t>
   </si>
   <si>
     <t>Que providencie a aquisição de 10 (dez) tendas de uso institucional, para serem disponibilizadas às igrejas, associações comunitárias e demais entidades sem fins lucrativos, com a finalidade de apoiar a realização de eventos religiosos, sociais e comunitários.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf</t>
   </si>
   <si>
     <t>Que providencie, por meio da secretaria competente, a manutenção dos termômetros digitais localizados nos cruzamentos da Avenida Lions Internacional e Rotary Internacional com a Avenida Antônio André Maggi.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, que por meio dos órgãos e departamentos competentes, adote providências urgentes para a REGULARIZAÇÃO FUNDIÁRIA DO BAIRRO DO BOSQUE, bem como dos demais bairros do Município de Sapezal – MT.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf</t>
   </si>
   <si>
     <t>propõe ao Chefe do Poder Executivo Municipal que determine à Secretaria competente a adoção das medidas administrativas necessárias para a abertura de estrada vicinal na Gleba São Jorge, com início na SZL 07 e término na SZL 29.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade de utilizar drones agrícolas equipados com tecnologia de pulverização e mapeamento aéreo como ferramenta de apoio às ações de combate e prevenção à dengue no município de Sapezal.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf</t>
   </si>
   <si>
     <t>A criação de uma Secretaria na Estrutura Organizacional do Executivo voltada à Segurança Pública</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf</t>
   </si>
   <si>
     <t>A revitalização da Prainha Municipal de Sapezal com sua transformação em um centro de pesca esportiva, sustentável e regulamentada, incluindo a criação da Associação de Pesca Esportiva de Sapezal (APES).</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO, SUGERINDO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE SAPEZAL/MT, A CONSTRUÇÃO DE VESTIÁRIO, BANHEIROS E ARQUIBANCADA NO CAMPO SINTÉTICO DO BAIRRO JARDIM FLORESTA.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal a criação de Chefe de Pátio dos ônibus.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE SAPEZAL/MT, CRIAÇÃO DE UM CALENDÁRIO ANUAL DE LICITAÇÕES E CONTRATAÇÕES PARA AS MANUTENÇÕES PREVENTIVAS E CORRETIVAS DA FROTA DE ÔNIBUS ESCOLARES, PRIORIZANDO OS PERÍODOS DE RECESSO ESCOLAR, E NA AUSÊNCIA DE CONTRATOS VIGENTES, A ADOÇÃO DE PROVIDÊNCIAS LEGAIS, INCLUSIVE POR MEIO DA DISPENSA DE LICITAÇÃO</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Juliano Delmondes, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade da construção de um portal de boas-vindas na principal entrada da cidade de Sapezal.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf</t>
   </si>
   <si>
     <t>A possibilidade de doação do lote nº 33, situado na Agrovila Paulo Umberto Barbosa, popularmente conhecida como Cacoré, à Associação dos Pequenos Agricultores – APAS, com a finalidade de que, futuramente, seja construído um barracão multifuncional voltado ao atendimento das necessidades da associação</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf</t>
   </si>
   <si>
     <t>A viabilidade de abertura de passagem na Avenida Silvestre Domingos Barbon, no entroncamento com a Rua 08, para facilitar o acesso ao centro da cidade.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf</t>
   </si>
   <si>
     <t>O estudo de viabilidade para concessão de bonificação anual, nos moldes de um “décimo quarto salário”, aos profissionais Técnicos de Enfermagem e Enfermeiros concursados e contratados por processo seletivo da Rede Pública Municipal de Saúde.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Executivo Municipal a Construção da Praça no Bairro Santa Felicidade.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf</t>
   </si>
   <si>
     <t>INDICAM AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE SAPEZAL/MT, QUE ADOTE AS PROVIDÊNCIAS NECESSÁRIAS PARA A ADESÃO DO MUNICÍPIO DE SAPEZAL AO PROGRAMA SAÚDE NA HORA, DO MINISTÉRIO DA SAÚDE, VIABILIZANDO O FUNCIONAMENTO AMPLIADO DAS UNIDADES DE SAÚDE DURANTE O HORÁRIO DE ALMOÇO, FINAIS DE SEMANA E FERIADOS, COM A DEVIDA COMPENSAÇÃO LEGAL AOS PROFISSIONAIS DA SAÚDE QUE ATUAREM FORA DE SUA JORNADA REGULAR.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf</t>
   </si>
   <si>
     <t>sugere ao Excelentíssimo Senhor Prefeito Municipal que determine à Secretaria competente a realização de estudos técnicos e jurídicos visando à criação do FUNDO MUNICIPAL DE PROTEÇÃO E BEM-ESTAR ANIMAL, com a finalidade de captar, gerir e aplicar recursos públicos e privados em ações voltadas à saúde, à proteção, ao controle populacional e ao bem-estar dos animais em Sapezal.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de aquisição de equipamentos de sinalização viária, para serem utilizados nas frentes de trabalho em estradas de grande fluxo que estejam passando por obras e manutenções.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas providências no sentido de ampliar, realocar ou viabilizar a aquisição de um prédio próprio para a Farmácia Municipal de Sapezal, com estrutura compatível à crescente demanda da população e que assegure dignidade no atendimento aos usuários.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Helenildo dos Reis Pereira, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf</t>
   </si>
   <si>
     <t>Que determine ao setor competente do Poder Executivo a adoção de providências urgentes quanto ao escoamento das águas pluviais provenientes da Avenida Primavera até o Loteamento Vida Nova, que atualmente formam uma valeta a céu aberto e seguem em direção à lagoa de contenção existente na região.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a instalação de um ponto de ônibus na Avenida Prefeito André Antônio Maggi, esquina com o Anel Viário, em frente à empresa Cargill.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf</t>
   </si>
   <si>
     <t>INDICAM, AO CHEFE DO EXECUTIVO MUNICIPAL,  QUE FIRME COOPERAÇÃO COM O DETRAN-MT E PROMOVA AÇÕES DE APOIO AO CREDENCIAMENTO DAS AUTOESCOLAS LOCAIS JUNTO AO PROGRAMA CNH SOCIAL DIGITAL, VISANDO AMPLIAR O ACESSO À PRIMEIRA HABILITAÇÃO GRATUITA PARA MUNÍCIPES EM SITUAÇÃO DE VULNERABILIDADE.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal que assegure o pagamento do adicional de insalubridade aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate a Endemias (ACE).</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Barbara Sachetti, Joilson Enfermeiro, Juliano Delmondes</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf</t>
   </si>
   <si>
     <t>A construção de uma nova garagem para os ônibus escolares da rede municipal de ensino, bem como a implantação de uma oficina própria destinada à manutenção preventiva e corretiva desses veículos.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantação de vagas de estacionamento ao longo da Avenida Lions Internacional.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a imprescindível necessidade de planejar e viabilizar o retorno do tradicional FEMUSA – Festival de Música de Sapezal, evento que, ao longo de 17 edições consecutivas, integrou o calendário oficial do município e conquistou um espaço permanente no coração da nossa comunidade.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf</t>
   </si>
   <si>
     <t>Que determine ao setor competente a construção de uma base e a instalação de uma caixa d’água na Aldeia Caititu, comunidade indígena situada na zona rural deste município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Ailton Primitivo, Antônio Rodrigues, Juliano Delmondes</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf</t>
   </si>
   <si>
     <t>A realização do “1º Show de Calouros Armador de Sapezal”, como forma de promover talentos locais, cultura, lazer e incentivo ao empreendedorismo.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a aquisição e instalação de quatro climatizadores industriais no Ginásio Elenor Dal’Maso, com o objetivo de melhorar significativamente as condições térmicas do ambiente, proporcionando mais conforto aos frequentadores, principalmente durante a realização de eventos</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Miguelzinho da Cacoré, Eliston do Papagaio, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal que adquira um ônibus devidamente equipado para oferecer suporte e boas condições aos alunos que se deslocam a outras cidades para participarem de competições esportivas.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Que providencie a implantação de um redutor de velocidade (quebra-mola) na Rua das Orquídeas, precisamente em frente ao Lava Jato Sapezal.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf</t>
   </si>
   <si>
     <t>A revitalização da pintura da quadra de tênis situada na Avenida Antônio André Maggi, bem como a realização de demais reparos que se façam necessários para a plena utilização do espaço.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf</t>
   </si>
   <si>
     <t>ADESÃO FORMAL E EFETIVA AO PROGRAMA CONTRATA+BRASIL, plataforma do Governo Federal destinada à contratação direta de Microempreendedores Individuais (MEIs) para execução de serviços de pequeno porte.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de show gospel na comemoração do aniversário do município.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, por meio da Secretaria Municipal competente, estude a viabilidade de adquirir um trator de esteira, visando atender as diversas demandas operacionais do município de Sapezal.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf</t>
   </si>
   <si>
     <t>A implantação de uma quadra poliesportiva na Aldeia Vale do Papagaio – Etnia Pareci.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf</t>
   </si>
   <si>
     <t>Instalação de brinquedos adaptados para crianças com deficiência e Transtorno do Espectro Autista (TEA) nos parquinhos públicos do município de Sapezal</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf</t>
   </si>
   <si>
     <t>A implantação de salas de espaço infantil em todas as unidades de saúde do município de Sapezal.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Helenildo dos Reis Pereira, André Pozzobom, Eliston do Papagaio, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf</t>
   </si>
   <si>
     <t>A instalação de cobertura no parquinho da Creche Municipal Terezinha Marques Morais, localizada no bairro Jardim Floresta.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf</t>
   </si>
   <si>
     <t>A necessidade de implantação de uma quadra poliesportiva no bairro Cidezal IV, neste município.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Eliston do Papagaio, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf</t>
   </si>
   <si>
     <t>Seja realizada a instalação de aeradores nas áreas de banho da Prainha Municipal, com o objetivo de melhorar a qualidade da água e reduzir a proliferação de algas</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf</t>
   </si>
   <si>
     <t>A aquisição e instalação de uma balança para pesagem de resíduos sólidos (lixo), com o objetivo de promover maior transparência na gestão de resíduos no município, bem como possibilitar o controle e fiscalização por parte da Administração Pública e da população.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf</t>
   </si>
   <si>
     <t>A instalação de uma faixa elevada para travessia de pedestres na Avenida Curimba, especificamente em frente ao Centro de Especialidades Médicas Ricardo Roberto.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf</t>
   </si>
   <si>
     <t>A necessidade de instalação de cobertura na quadra de tênis localizada ao lado do Ginásio Elenor Dal’Maso.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>André Pozzobom, Helenildo dos Reis Pereira</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciada a implantação de faixas elevadas para travessia de pedestres na Avenida Rotary Internacional, sendo uma em frente a Romani e outra em frente ao Posto Marchi.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf</t>
   </si>
   <si>
     <t>A instalação de lixeiras em pontos estratégicos da cidade, especialmente nas principais esquinas da área central e dos bairros mais movimentados, viabilizando tal iniciativa por meio da aplicação da Lei Municipal que instituiu o programa “Adote um Bem Público”, permitindo que empresas ou cidadãos possam apadrinhar as lixeiras, com a devida identificação em cada unidade.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf</t>
   </si>
   <si>
     <t>Solicitação de estudo para extensão do horário de funcionamento da Prainha Municipal.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf</t>
   </si>
   <si>
     <t>Que articule, junto ao Deputado Estadual Beto Dois a Um, providências junto ao Governo do Estado de Mato Grosso para viabilizar a lotação de mais um servidor no CIRETRAN de Sapezal.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf</t>
   </si>
   <si>
     <t>Que determine ao setor competente a implantação de um quebra-molas ou faixa elevada na Avenida Antônio André Maggi, em frente à APAE.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>André Pozzobom, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf</t>
   </si>
   <si>
     <t>A necessidade de ser designada equipe especializada para realizar vistorias e reparos no sistema de iluminação pública, em especial a substituição de lâmpadas queimadas, em todo o perímetro urbano de Sapezal, em horários noturnos, de modo a facilitar a identificação e a execução das manutenções necessárias.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf</t>
   </si>
   <si>
     <t>A necessidade de instalação de um parquinho infantil na Comunidade Alto Sapezal.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf</t>
   </si>
   <si>
     <t>A urgente necessidade de implantação de uma Estação de Monitoramento Hidrológico em nosso município.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Barbara Sachetti, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf</t>
   </si>
   <si>
     <t>A equiparação do valor do auxílio-alimentação dos servidores do Poder Executivo ao valor atualmente pago aos servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf</t>
   </si>
   <si>
     <t>A construção de banheiros públicos na Praça Dona Lúcia Borges Maggi, localizada em nosso município.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf</t>
   </si>
   <si>
     <t>a instalação de câmeras de segurança em todos os ônibus escolares da rede municipal de ensino</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que adote providências para elaboração de um plano de metas abrangente, compreendendo um período a longo prazo, envolvendo as áreas de desenvolvimento urbano e diversificação econômica para o município de Sapezal.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf</t>
   </si>
   <si>
     <t>A urgente implantação de uma nova unidade estruturada em local estratégico que possa atender de forma integral às comunidades indígenas da região</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo a a disponibilização e distribuição de sensores de monitoramento glicêmico contínuo aos pacientes diagnosticados com diabetes mellitus atendidos na rede pública de saúde do Município (já aprovado em âmbito nacional via SUS).</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf</t>
   </si>
   <si>
     <t>a urgente necessidade de instalação de iluminação pública na Rua José Heck, localizada entre o Parque de Exposições e o Terminal Rodoviário Municipal.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Juliano Delmondes, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf</t>
   </si>
   <si>
     <t>A inclusão de conteúdos relacionados à Educação no Trânsito na grade curricular das escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantar serviço de transporte público ligando os bairros mais afastados ao Centro e à Rodoviária Municipal.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf</t>
   </si>
   <si>
     <t>A necessidade de manutenção e reforma dos pontos de ônibus do município de Sapezal.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf</t>
   </si>
   <si>
     <t>Que autorize e regulamente a concessão de premiação aos professores (efetivos e temporários) e TDIS (efetivos e temporários) que atuam na etapa da alfabetização na Rede Municipal de Ensino, no âmbito do Programa Alfabetiza MT.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo a contratação de médico psiquiatra para o atendimento na rede pública de saúde no município de Sapezal-MT.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf</t>
   </si>
   <si>
     <t>A implantação de uma academia de calistenia em área pública do Município de Sapezal.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf</t>
   </si>
   <si>
     <t>A necessidade de firmar termo de comodato do aparelho de mamografia pertencente ao Município, com o objetivo de assegurar o pleno funcionamento e a continuidade dos serviços de diagnóstico e prevenção do câncer de mama.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf</t>
   </si>
   <si>
     <t>Implantação de uma sala de apoio aos profissionais que se deslocam da zona urbana para prestar atendimento na Escola Jaime Marcelo Schecheli, localizada na zona rural deste Município, bem como a instalação de um container ou construção de uma sala de apoio destinada aos motoristas e monitores do transporte escolar que permanecem no local durante o período de espera para o retorno com os alunos.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf</t>
   </si>
   <si>
     <t>por meio da Secretaria Municipal de Saúde, que viabilize a contratação, lotação ou credenciamento de uma médica obstetra (profissional do sexo feminino) para atendimento presencial e regular às gestantes da rede pública de saúde deste Município.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf</t>
   </si>
   <si>
     <t>A necessidade de estudos técnicos e posterior instalação de um redutor de velocidade, podendo ser quebra-molas ou faixa elevada, na Rua do Cascudo, especificamente nas proximidades do Mercado Guedes.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a melhoria da sinalização viária no entroncamento da BR-364 com a estrada de acesso à Fazenda Stein, bem como nos trechos próximos onde há grande fluxo de veículos e máquinas agrícolas.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>André Pozzobom, Eliston do Papagaio, Joilson Enfermeiro, Miguelzinho da Cacoré, Prof. Leandro</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Chefe do Poder Executivo que determine a atualização do Estatuto do Servidor Público Municipal (Lei nº 1035/2013) no que diz respeito ao parâmetro previsto e utilizado para a base de cálculo do Adicional de Insalubridade pago aos servidores do município.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf</t>
   </si>
   <si>
     <t>INDICA ao Chefe do Poder Municipal Executivo, a alteração do local de embarque e desembarque dos passageiros de táxi da parte posterior do Terminal Rodoviário Ademir Marofan (local atual) para a lateral coberta.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf</t>
   </si>
   <si>
     <t>Que seja avaliada a possibilidade de alteração no Estatuto do Servidor Público, no dispositivo que trata da licença-prêmio, de forma que o pagamento da pecúnia correspondente possa ser realizado de maneira antecipada, assim como já ocorre com o pagamento das férias.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf</t>
   </si>
   <si>
     <t>Moção de  Aplauso para o Sr. José Ornilo Alves Cavalcante, conhecido popularmente como Gringo do Mototáxi em reconhecimento à sua dedicação e participação ativa nas sessões desta Casa de Leis ao longo dos anos.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao aluno Flávio Henrique Rezende de Paula, em reconhecimento à sua dedicação incansável, esforço constante e excelência acadêmica, que culminaram na conquista de uma vaga entre os 100 melhores alunos do estado de Mato Grosso no programa Intercâmbio no Mundo – 3ª Edição, garantindo-lhe a valiosa oportunidade de estudar na Inglaterra.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao jovem atleta Leonardo Alves Pinheiro, de apenas 9 anos, pelo brilhante desempenho no tênis, representando com orgulho o município de Sapezal-MT em competições estaduais e nacionais.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf</t>
   </si>
   <si>
     <t>à técnica de enfermagem Niura Melo Fernandes, em reconhecimento a sua dedicação inestimável à saúde pública e a sua extraordinária história de superação.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>ao Senhor José Maria Alves, em reconhecimento à sua dedicação, perseverança e contribuição ao desenvolvimento do município de Sapezal.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso homenagear o professor Ronaldo Fontes de Souza</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao professor de futebol Marcos Antônio de França</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf</t>
   </si>
   <si>
     <t>Ao brutal assassinato da adolescente Heloysa Maria de Alencastro, de apenas 16 anos, ocorrido na noite da última terça-feira (22), em Cuiabá – MT</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf</t>
   </si>
   <si>
     <t>à equipe de organização da XVIII Copa André Maggi — com menção especial ao Secretário Municipal de Esporte e Lazer, Sr. José Carlos Feitosa — pela realização exemplar de um dos maiores eventos esportivos da história do município.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf</t>
   </si>
   <si>
     <t>aos professores e instrutores esportivos que, com dedicação incansável e espírito transformador, foram a alma da XVIII Copa André Maggi.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf</t>
   </si>
   <si>
     <t>aos árbitros que atuaram com excelência na XVIII edição da Copa André Maggi.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao comportamento desrespeitoso e intimidador praticado pelo vereador Eliston Guarda</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf</t>
   </si>
   <si>
     <t>Sérgio Sacani Sancevero, em reconhecimento à sua relevante contribuição à divulgação científica no Brasil.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf</t>
   </si>
   <si>
     <t>Em razão do 19º Circuito Aprosoja, a Aprosoja Mato Grosso e seus delegados em Sapezal.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Unidade Local de Execução do INDEA/MT no município de Sapezal, em reconhecimento ao trabalho técnico, contínuo e de excelência prestado por esta equipe que contribui para que o Estado de Mato Grosso fosse oficialmente reconhecido como zona livre de febre aftosa sem vacinação.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf</t>
   </si>
   <si>
     <t>à Associação dos Procuradores Municipais de Mato Grosso-APM.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf</t>
   </si>
   <si>
     <t>Aos atletas sapezalenses que, com dedicação e espírito esportivo, têm levado o nome do nosso município a diversas cidades, participando de corridas de rua.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf</t>
   </si>
   <si>
     <t>Ao time de basquetebol feminino de Sapezal, sob o comando da dedicada e incansável professora Débora Leandra Andrade Driemeyer, que, com brilhantismo e garra, conduziu suas atletas à conquista do título de Campeão dos Jogos Escolares Mato-grossenses, garantindo a classificação para representar Mato Grosso no Campeonato Brasileiro em Uberlândia - MG.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO aos valorosos policiais militares da 6ª Companhia da Polícia Militar de Sapezal, bem como ao Comandante do 7º Comando Regional da Polícia Militar de Tangará da Serra e ao Comandante da 16ª Companhia Independente da Polícia Militar de Campo Novo do Parecis, em razão dos excelentes resultados obtidos no Programa Tolerância Zero, com conquistas expressivas e reconhecimento em nível estadual, alcançados no primeiro semestre de execução.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf</t>
   </si>
   <si>
     <t>Ao atleta de Elite Ney Pinho, único atleta de elite de Sapezal, que em pouco tempo de dedicação à corrida de rua alcançou feitos extraordinários, tornando-se exemplo de determinação, disciplina e superação.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf</t>
   </si>
   <si>
     <t>ao jovem atleta Samuel de Souza Muniz, em razão de suas conquistas expressivas no jiu-jitsu, destacando-se como Campeão Mato-Grossense de Jiu-Jitsu e vencedor do Desafio Mato Grosso vs Rondônia, realizado em 02 de agosto de 2025.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf</t>
   </si>
   <si>
     <t>Ao Lions Clube de Sapezal, pela comemoração dos 25 (vinte e cinco) anos de fundação desta renomada instituição, que tem prestado relevantes serviços sociais, humanitários e voluntários à comunidade sapezalense e à sociedade em geral.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf</t>
   </si>
   <si>
     <t>REQUERIDO à Secretária Municipal de Educação e Cultura para que compareça ao Plenário da Câmara Municipal a fim de prestar esclarecimentos relativos à situação das TDI’s (Técnicas em Desenvolvimento Infantil) do Município e demais assuntos correlacionados à função das mencionadas servidoras municipais.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf</t>
   </si>
   <si>
     <t>Frota de veículos da Secretaria Municipal de Obras, referente ao período de 02 a 05 de junho de 2025, durante a Semana do Meio Ambiente, bem como demais informações correlatas.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de esclarecimentos à Secretária Municipal de Educação e Cultura relativos aos gastos realizados pela Secretaria, no que se refere aos valores relacionados ao superávit e sua execução/aplicação no decorrer do ano de 2025.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf</t>
   </si>
   <si>
     <t>DELIBERA PELA MANUTENÇÃO DO PARECER PRÉVIO N° 9/2025 DE 23 DE SETEMBRO DE 2025 DO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DE _x000D_
 MATO GROSSO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL; DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO; DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS, AGROINDÚSTRIA, COMÉRCIO E TURISMO DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O BIÊNIO DE 2025/2026.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE SAPEZAL ESTADO DE MATO GROSSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Antônio Rodrigues, Eliston do Papagaio, Prof. Marcio Bonifacio</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROJETO “CÂMARA SOLIDÁRIA”, PERMITINDO A DIVULGAÇÃO DE CAMPANHAS SOLIDÁRIAS NAS ÁREAS EDUCACIONAIS, ASSISTENCIAIS E DE SAÚDE, BEM COMO OUTROS TEMAS RELEVANTES À SOCIEDADE SAPEZALENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, bem como sobre as diretrizes para elaboração, coordenação e monitoramento do planejamento estratégico da Câmara Municipal de Sapezal.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO REPRESENTATIVA DA CÂMARA MUNICIPAL DE SAPEZAL, PARA O PERÍODO DE RECESSO PARLAMENTAR DE 23 DE DEZEMBRO DE 2025 A 31 DE JANEIRO DE 2026.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Adimplemento de Multas Oriundas da Violação da Legislação de Parcelamento do Solo Mediante a Dação em Pagamento de Bens Imóveis ou Execução de Obras Públicas, no Município de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo de imóveis rurais para fins urbanos na modalidade de chácaras de recreio, na forma de condomínios de lotes e loteamento loteamentos, regulamentando a criação, implantação, regularização e manutenção de zonas de urbanização específica para chácaras de recreio (ZUECR) no município de Sapezal e da outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Lei Complementar n° 14, de 28 de maio de 2014.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plcomplementar_-_executivo_-_no_005-2025.pdf</t>
-[...2 lines deleted...]
-    <t>Altera o § 1º do Art. 54-A da Lei Complementar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no munícipio de Sapezal, e dá outras providências.</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plce__005_-_altera_a_lc_01_-_percentual_de_loteamentos_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera a lei Complemetar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no munícipio de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III, da Lei Complementar N° 14, de 28 de maio de 2014, que dispõe sobre a Criação do Código Municipal de Meio Ambiente de Sapezal</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta na Lei Orgânica Municipal disposições sobre emendas impositivas, com execução da programação orçamentária e financeira de natureza obrigatória, e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLR - Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf</t>
   </si>
   <si>
     <t>ANÁLISE AO PROJETO DE LEI Nº 02-2025 - CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS E SUBSÍDIOS NO ANO DE 2025 E GANHO GERAL AOS SERVIDORES PÚBLICOS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE SAPEZAL.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>CFO - Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de diárias aos vereadores e servidores da Câmara Municipal de Sapezal Estado de Mato Grosso e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>CES - Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, REFERENTE O PROJETO DE LEI EXECUTIVO Nº 006/2025..</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf</t>
   </si>
   <si>
     <t>PARECER DO PLCE Nº 01/2025 - DISPÕE SOBRE O ADIMPLEMENTO DE MULTAS ORIUNDAS DA VIOLAÇÃO DA LEGISLAÇÃO DE PARCELAMENTO DO SOLO MEDIANTE A DAÇÃO EM PACELAMENTO DO SOLO MEDIANTE A DAÇÃO EM PAGAMENTO DE BENS IMÓVEIS OU EXECUÇÃO DE OBRAS PÚBLICAS, NO MUNICÍPIO DE SAPEZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO,  JUSTIÇA E  REDAÇÃO FINAL. ANÁLISE AO PROJETO DE LEI Nº 017/2025</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS Nº 1052 E 1054 DE 20 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>COS - Obras, Serv. Públicos, Agroindústria , Com. e Tur.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INCLUIR PROJETO/ATIVIDADE, POR MEIO DE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA CRIAR O PROJETO: IMPLANTAÇÃO DE UNIDADE DE TRANSBORDO DE RESÍDUOS SÓLIDOS URBANOS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf</t>
   </si>
   <si>
     <t>ANÁLISE AO PROJETO DE LEI COMPLEMENTAR Nº 002/2025 – DISPÕE SOBRE O PARCELAMENTO DO SOLO DE IMÓVEIS RURAIS PARA FINS URBAOS NA MODALIDADE DE CHÁCARAS DE RECREIO, NA FORMA DE CONDOMÍNIOS DE LOTES E LOTEAMENTOS, REGULAMENTANDO A CRIAÇAO, IMPLANTAÇÃO, REGULARIZAÇÃO E MANUTENÇÃO DE ZONAS DE URBANIZAÇÃO ESPECÍFICA PARA CHÁCARAS DE RECREIO (ZUECR) NO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf</t>
   </si>
   <si>
     <t>ANALISE AO PROJETO DE LEI N° 24/2025 - ESTABELECE DIRETRIZES PARA EDUCAÇÃO ESPECIAL, COM A FINALIDADE DE PERMITIR AO ATENDENTE TERAPÊUTICO (AT) O ACOMPANHAMENTO DE ALUNOS AUTISTAS NAS ESCOLAS PÚBLICAS E PRIVADAS, NO MUNICÍPIO DE SAPEZAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI EXECUTIVO Nº 008/2025 - CRIA O PROGRAMA NEUROCONVERGENTE CONVERGIDO PARA UMA SOCIEDADE MAIS INCLUSIVA NO ÂMBITO DO MUNICIPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SAPEZAL, ESTADO DO MATO GROSSO PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf</t>
   </si>
   <si>
     <t>Estabele o Plano Plurianual - PPA para o período de 2026 a 2029, definindo as diretrizes, objetivos e metas da Administração Municipal para os próximos 04 anos.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL ao Projeto de Lei Legislativo nº 025/2025 que Altera dispositivos da Lei Municipal nº 1.790/2024, que dispõe sobre a obrigatoriedade de divulgação da relação de medicamentos disponíveis na rede pública municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO PÚBLICO DE COLETA SELETIVA E DESTINAÇÃO DE RESÍDUOS DOMICILIARES E ASSEMELHADOS NO MUNICÍPIO DE SAPEZAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação do Parecer Prévio do Egrégio Tribunal de Contas do Estado de Mato Grosso, referente às contas da Prefeitura Municipal de Sapezal, exercício de 2024 — Processo n° 184.990-5/2024</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>CLR - Legislação, Justiça e Redação Final, COS - Obras, Serv. Públicos, Agroindústria , Com. e Tur.</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_de_legislacao_e_obras.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/plce_05-2025_parecer_em_conjunto_-_obras_e_legislacao.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do Art. 54-A da Lei complementar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no município de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO REFERENTE AO PLE Nº 041/2025, ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIÍO DE SAPEZAL/MT, PARA O EXERCICIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação do Parecer Prévio do Egrégio Tribunal de Contas do Estado de Mato Grosso, referente às contas da Prefeitura Municipal de Sapezal, exercício de 2024 - Processo n° 184.990-5/2024</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf</t>
   </si>
   <si>
     <t>veto PARCIAL do Projeto de Lei Executivo n° 008/2025 (Autógrafo n° 037/2025)</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf</t>
   </si>
   <si>
     <t>Veto ao autográfo n° 53/2025</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA AO PROJETO DE LEI COMPLEMETAR Nº 002/2025</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA AO PLE Nº 022/2025.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer Prévio TC/MT</t>
   </si>
   <si>
     <t>Tribunal de Contas de Mato Grosso - TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 9/2025 - PP - PREFEITURA MUNICIPAL DE SAPEZAL, CONTAS ANUAIS DE GOVERNO DO EXERCÍCIO DE 2024, PARECER PRÉVIO FAVORÁVEL À APROVAÇÃO, RECOMENDAÇÃO AO PODER LEGISLATIVO, DETERMINAÇÃO À SECEX COMPETENTE.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Dr. Paulo Grisoste</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf</t>
   </si>
   <si>
     <t>Denúncia em desfavor do vereador Márcio Jorge Bonifácio</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf</t>
   </si>
   <si>
     <t>Denúncia em desfavor do Prefeito Municipal Cláudio José Scariote e Mauro Antônio Galvão Vice-Prefeito</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf</t>
+    <t>http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf</t>
   </si>
   <si>
     <t>Denúncia em desfavor do Prefeito Municipal Cláudio José Scariote e Mauro Antônio Galvão Vice-Prefeito, pelo uso indevido da estrutura pública de comunicação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3783,68 +3783,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plcomplementar_-_executivo_-_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_de_legislacao_e_obras.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/334/ple_n_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/335/ple_n_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/336/ple_n_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/338/ple_n_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_lei_n_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/349/ple_n_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/377/proj_lei_ex_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/378/ple_008-2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/379/proj_lei_ex_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/411/ple_n_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/415/ple_011.2025_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/421/ple_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/423/ple_n_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/424/ple_n_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/429/ple_n_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_lei_executivo_n_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/471/ple_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/472/ple_n_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/492/ple_n_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/495/ple_no_021-_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/510/ple_n_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/515/ple_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/531/ple_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/529/ple_n_25_com_oficio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/526/ple_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/532/ple_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/535/ple_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/541/ple_n_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/547/ple_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/548/ple_032-2025-ppa_2026_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/555/ple_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/562/ple_n_34_atualizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/557/ple_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/558/ple_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/576/ple_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/579/ple_38-2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/583/ple_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/584/ple_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/591/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/600/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/601/ple_n_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/605/ple_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/613/ple_n_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/614/ple_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/615/ple_n_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/617/ple_n_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/619/ple_n_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/625/ple_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/631/ple_51-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/315/pll_n_01.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/366/pll_n_02_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/317/pll_n_03.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/323/pl_04.2025_alteracao_readacao_lei_1.821.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/331/pll_05.2025_utilidade_publica_ampaas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/337/pll_06-2025-alteracao_do_pccs_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/351/pll_no_07.2025-_obras_incompletas_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/367/pll_08.2025_termo_filiacao_ucmmat.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/368/pll_n_09_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/386/pll_10.2025_utilidade_publica_acisa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/390/pll_011.2025_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_leg._12_-_25_-_ticulo_cidadao_honorario_-_carlos_avallone_junior_-_ver._antonio_e_joilson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/406/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/414/pll_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/446/pll_no_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/449/pll_n_16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/454/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/476/pll_n_18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_n_19_-_a_utilidade_publica_do_stta_-_antonio_rodrigues_e_joilson_silva_assuncao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/482/pll_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_leg_21_-_25_-_alteracao_lei_ordinaria_1.644-2022_-_doacao_terra_-_ver._helenildo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/525/pll_n_22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/539/pll_n_23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/538/pll_n_24.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/543/pll_n_25.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/551/pll_26-2025_-_substitutivo_-_institui_cota_minima_de_participacao_rev.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/552/03.09.25_-_projeto_de_lei_-_auditorio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/563/pll_28_-_denomina_caio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/564/pll_n_29.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pll_30_-_2025_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/582/pll_n_31.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_032-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/596/proj._lei_legislativo_033-2025_-__contratacao_de_mao_de_obra_-_reserva_de_8_a_mulheres_vitimas_de_violencia__-__vereador_eliston_e_outros.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/604/pll_34.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/616/pll_n_35_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/623/pll_36.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/624/pll_37.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/628/pll_38-2025_ok-1-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_n_01.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_n_02.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_n_03.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_n_04_-_aeroporto_municipal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/316/ind_05.2025_aumento_real__servidores.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_n_07.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/319/ind_08.2025__reducao_da_jornada_tdis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/330/ind_09.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_n_10_-_bonus_de_desempenho_educacional.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/318/ind_17.2025_sala_de_radiolologia_centro_especialidades.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_n_12_-_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/320/ind13.2025_aquisicao_maquinarios_pesados.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_n_14_-_aumento_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_n_15_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_n_16_-_sinalizacao_estradas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/343/ind_17.2025_atividade_delegada.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_n_18_-_placas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_n_20_-.docx.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_n_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/346/ind_22.2025_-_reforma_e_ampliacao_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/344/ind_23.225_construcao_tampas_bueiros.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/355/ind_24.2025_-_casa_para_acolhimento_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_n_25_-_saude.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/359/ind_26.2025_-__gratificacao_ou_verba_para_medico_regulador_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/350/ind_27.2025_implantacao_redutor_velocidade_quebra_molas_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/357/ind_30.2025_fornecimento_de_onibus_climatizados.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_n_32_-_iptu_premiado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_n_33_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/352/ind_34.2025-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no035.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/358/ind_36.2025_-_implatacao_monumento_para_cidade.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/363/ind_37__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/371/ind_no_38.2025_limpeza_tratamento_das_algas_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_39_-_carro_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_n_40_-_bebedouro_publico.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/370/ind_41.2025_-_faixa_elevada_av._jau.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_42_-_praca_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_043025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_045.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_n46_-bueiros.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/385/ind_47.2025_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_no_49_-_unidade_local_da_empaer.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/384/ind_50.2025_pracas_virtuais.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_051.2025_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no_52_-_abertura_de_tunel_ou_construcao_de_rampa_no_ginasio_elenor_dal_maso.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/389/ind_53.2025_guarita_coberta.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/391/ind_n_54.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_no_055-25_-_patrolamento_e_melhorias_estrada_szl_22_-_ver._barbara_-_final.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_n_56_-.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_no_57_-_ponto_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/396/ind_58.2025_-_aquis_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_no_59_-_aquisicao_caminhao_cavalo_mecanico.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/402/ind_no_60.2025_aquisicao_de_mais_um_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/403/ind_61.2025_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_62_-_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_63.2025_-__construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_n_64_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/412/indicacao_no_65_-_unidade_v_saude_-_marlena_webler.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_66_-25_-_regularizacao_fundiaria__-_chacara_do_dede_-_ver._ailton.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/420/ind_no_67.2025_substituicao_manilhas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/430/ind_68.2025_premiacao_em_brindes_ou_dinheiro_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_n_69_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_no_70_-_termometro.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_no071_-_regularizacao_fundiaria_do_bairro_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no72_-_construcao_de_estrada_vicinal_gleba_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_n_73.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/440/indicacao_n_74.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_n_75.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/441/2_-_indicacao_no76_-_arquibancadas_campo_sintetico_jardim_floresta.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_77_-_criacao_de_chefe_de_patio_dos_onibus__-_eliston_guarda_andre_leandro_e_miguel_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_no78_-_calendario_de_licitacoes_manutencoes_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/456/ind_n_79.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_80_-_doacao_de_lote_cacore.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_n_83_-_construcao_da_praca_no_bairro_santa_felicidade___-_leandro_sampaio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_no84_-_unidades_de_saude_abertos_horario_de_almoco.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/464/ind_n_86.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n_87_-_ampliacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_n__89.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no090_-_cnh_social.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_91_-_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/479/ind_n_92.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_n_93.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no94_-_femusa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/483/ind_n_95.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/487/ind_n_96.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/488/ind_n_97.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_98_-_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_99_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_n_100_-_revitalizacao_pintura_quadra_de_tenis.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/494/03.07.25_-_indicacao_101_-_programa_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_n._104__-_quadra_aldeia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/507/ind_n_05.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_n_107.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_n_108.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_n_109.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_n_110.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_n._111_-_faixa_elevada_centro_medico.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_n._112_-_quadra_coberta.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_n_113.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_n._114_-_lixeira.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_n_115.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/545/ind_n__116.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/550/ind_n_117.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/549/ind_n_118.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/559/indicacao_n_119.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/561/indicacao_n_120.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/565/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_n_122.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/568/indicacao_n_123.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_n_125.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao_n_127.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_n_129.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/587/indicacao_n_130.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/588/indicacao_n_131.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_n._132_-medico_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/597/indicacao_n_133.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_n_134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_n._135_-_sala_de_apoio.docx.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/606/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_no_139_-_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao_n._141_-_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/360/mocao_n_01.2025_gringo_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/392/mocao_no_02_-_flavio_henrique.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/393/mocao_no_03_-_leonardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/408/mocao_no_4.2025_-_niura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/410/mocao_no_5_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/416/mocao_aplauso_no_06_-_prof_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_aplauso_no_07_-_prof_pele.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_no_9_-_equipe_de_organizacao_copa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_no_10_-_professores_e_instrutores_copa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_aplauso_no_11.2025_-_aos_arbitros.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_repudio_n_12.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_aplauso_n_13.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/455/mocao_n_14.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/477/mocao_de_aplauso_n_15.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/478/mocao_de_aplauso_n_16.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_aplauso_no_17_-_corrida_de_rua.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/527/mocao_de_aplauso_n_18_-__basquete_-_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/534/19.08.25_-_mocao_de_aplauso_n19_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/554/mocao_n_20.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/553/04.09.25_-_mocao_de_aplauso_-_samuel.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/577/mocao_n_22.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/627/decreto_08_2025_-_das_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/322/resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/324/resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/325/resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/326/resolucao_n_04.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_resol_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/463/29.05.25_-_projeto_de_relolucao_n_007_-_camara_solidaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/465/pr_08-2025_-_planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/630/projeto_de_resolucao_09-2025_-_com._representativa._dez._2025-jan._2026.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/425/plce_n_01.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/528/plce_n_04_cm_oficio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/611/plce__005_-_altera_a_lc_01_-_percentual_de_loteamentos_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/612/plce_6.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/451/prop._emenda_lei_organica__-_01-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/347/parecer_legislacao_ple_02-2025_-_rga_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/372/parecer_financas_pr_05-2025-com_emenda.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/398/parecer_com_emenda_educacao_ple_06-2025_-_hora_atividade.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_legislacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_com_emenda_plce_001_2025_-_dacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_comissao_de_justica_pl_17.2025-pme.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_legislacao_ple_021_2025_-_com_mudanca.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_obras_do_plce_002-2025_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/504/parecer_legiscao_ple_019-2025_-_lixo_transbordo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/508/parecer_financas_ple_08-2025_-_com_emenda_-_programa_neuroconvergente.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/516/parecer_02__obras_do_plce_002-2025_-_com_emenda_2.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/567/parecer_legislacao_pll_24_2025_-_at_autistas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/570/parecer_legislacao_veto_ple_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_financas_ple_32-2025_-_com_emenda_-_ppa_ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_legislacao_veto_-_pll_025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_obras_ple_43.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_financas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/621/plce_05-2025_parecer_em_conjunto_-_obras_e_legislacao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/622/emenda_-_parecer_financas_ple_041-2025_rev.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_comissao_de__fin.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_de_legislacao_-_46-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/540/veto_parcial_ple_n_08.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/585/veto_n_02.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/518/emenda_parlamentar_plce_002-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/546/prop._emenda_modificativa_-_ple_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/586/1849905-2024wm_-_parecer_previo_pp1198-1213.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/442/denuncia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/443/denuncia_02-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sapezal.mt.leg.br/media/sapl/public/materialegislativa/2025/452/denuncia_-_prefeito_e_vice_-_claudio_e_mauro_-_reiterada_conduta_-_insubordinacao_ao_poder_legislativo_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="205.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>