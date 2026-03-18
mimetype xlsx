--- v0 (2025-12-05)
+++ v1 (2026-03-18)
@@ -51,51 +51,51 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo nº 33 de 2025</t>
   </si>
   <si>
     <t>Cláudio José Scariote - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre Diretrizes para elaboração e execução da Lei Orçamentária do Município de Sapezal, Estado do Mato Grosso para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo nº 5 de 2025</t>
   </si>
   <si>
-    <t>Altera o § 1º do Art. 54-A da Lei Complementar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no munícipio de Sapezal, e dá outras providências.</t>
+    <t>Altera a lei Complemetar nº 001/2012, que dispõe sobre o parcelamento do solo para fins urbanos no munícipio de Sapezal, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa no Pequeno Expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Executivo nº 6 de 2025</t>
   </si>
   <si>
     <t>Altera o Anexo III, da Lei Complementar N° 14, de 28 de maio de 2014, que dispõe sobre a Criação do Código Municipal de Meio Ambiente de Sapezal</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo nº 45 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS LEIS Nº 1.052 E 1.054 DE 20 DE MAIO DE 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>